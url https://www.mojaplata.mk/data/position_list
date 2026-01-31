--- v0 (2025-10-31)
+++ v1 (2026-01-31)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2773">
   <si>
     <t>Список на работни позиции во анкетата за плати</t>
   </si>
   <si>
     <t>www.mojaplata.mk</t>
   </si>
   <si>
     <t>Ажурирано во</t>
   </si>
   <si>
-    <t>10/2025</t>
+    <t>01/2026</t>
   </si>
   <si>
     <t>Број на позиции</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_mk</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_mk</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_mk</t>
   </si>
   <si>
     <t>Administration</t>
   </si>