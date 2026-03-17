--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2773">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2856">
   <si>
     <t>Список на работни позиции во анкетата за плати</t>
   </si>
   <si>
     <t>www.mojaplata.mk</t>
   </si>
   <si>
     <t>Ажурирано во</t>
   </si>
   <si>
-    <t>01/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>Број на позиции</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_mk</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_mk</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_mk</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
@@ -1071,50 +1071,76 @@
 * Креирање на посебни ефекти (постареење, модрици, рани итн.) со користење на шминка.
 * Правење перики и слични производи.
 * Правење гипсени отпечатоци од лица и/или глави.
 * Правење латекс и силиконски маски од отпечатоци на лица и/или глави.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t>Модел</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
     <t>* Позирање пред објективите на фотографите, следејќи ги нивните инструкции.
 * Поглед на облека, производи итн.
 * Учество во телевизиски реклами.
 * Соработка со визажисти, фризери и стилисти за облека.
 * Пренос на кастинзи и места за фотографирање.</t>
+  </si>
+  <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Стручен работник во музеј</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Управување, евиденција и заштита на музејските предмети.
+Стручно обработување и каталогизација на експонати.
+Изработка и реализација на изложбени проекти.
+Научно‑истражувачка работа во соодветната област.
+Подготовка на популаризациски материјали и предавања.
+Методолошко насочување при набавка на нови збирки.
+Соработка со стручни институции.
+Надзор над условите за складирање и конзервација.</t>
   </si>
   <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Фотограф</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t>* Сликање на луѓе, животни, објекти, пејзажи итн.
 * Користење аналогни и диџитални камери, објективи, осветлување, филтри, конвертори на објективи итн.
 * Упатства на луѓе за време на фотосесии.
 * Уредување на фотографии со помош на компјутерска технологија.
 * Развивање на филмови, печатење фотографии.</t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
@@ -4440,58 +4466,58 @@
 * Подготвување и анализа на финансиски извештаи, буџети и прогнози.
 * Поддршка на процесите за затворање на месецот и годината.
 * Обезбедување усогласеност со финансиските регулативи и внатрешни контроли.
 * Вршење на анализа на отстапувањата и идентифицирање на тенденции во финансиската перформанса.
 * Соработка со различни оддели за собирање на финансиски податоци и увиди.
 * Помош во подготовката на финансиски извештаи за менаџментот и заинтересираните страни.
 * Одржување на точни финансиски евиденции и докуметација.
 * Учество во ревизии и обезбедување навремени одговори на ревизорските истражувања.
 * Поддршка во имплементацијата на финансиски политики и процедури.
 * Помош во менаџирањето на паричниот ток и надгледување на финансиските трансакции.
 * Обезбедување на административна поддршка на тимот за финансии доколку е потребно.
 * Допринос во иницијативите за подобрување на процесите во финансискиот оддел.
 * Ангажирање во професионален развој за да се остане во тек со индустриските трендови и регулативи.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Помошник ревизор</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
-[...2 lines deleted...]
-    <t>* Вршење стопански активности (со исклучок на потпишување писмен извештај за резултатите од извршените ревизиски услуги) по насока на овластен ревизор.
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+  </si>
+  <si>
+    <t>* Извршување економски активности (со исклучок на потпишување писмен извештај за резултатите од обезбедените ревизорски услуги) под раководство на сертифициран ревизор.
 * Проверка на финансиските извештаи на клиентите.
-* Управување со ревизиска документација.
-[...1 lines deleted...]
-* Обезбедување на соработка со Словачката комора на ревизори во случај на ревизија на квалитетот поврзана со извршувањето на ревизиски услуги.</t>
+* Управување со ревизорската документација.
+* Водење на работната книшка на асистентот на ревизорот.
+* Обезбедување соработка со Комората на ревизори во случај на проверка на квалитетот во врска со вршењето на ревизорските услуги.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Помошник на даночен советник</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Извршување на економски активности под раководство на сертифициран даночен консултант.
 * Подготвување на даночни мислења на словачки и/или странски јазик.
 * Пресметување на данок на доход на физички и правни лица.
 * Подготвување на даночни пријави за данок на доход на физички и правни лица, ДДВ, имотен данок, данок на возила и акцизен данок.
 * Регистрирање на даночни обврзници во соодветните даночни власти.
 * Комуникација со клиентите на компанијата и претставниците на даночната администрација.</t>
   </si>
   <si>
     <t>Auditor</t>
@@ -6716,50 +6742,74 @@
 * Предавање на завршените софтверски апликации на клиенти, менаџери на проекти итн.
 * Обезбедување техничка поддршка на клиентите.</t>
   </si>
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Развој на сложени компјутерски апликации и/или одделни модули со програмскиот јазик ABAP.
 * Анализа на барањата на клиентите и оценување на потенцијалните ризици и сродните технички проблеми.
 * Учество во создавањето на технички спецификации.
 * Предавање на завршената работа на клиенти/тестирачи за тестирање.
 * Откривање и корекција на функционални и безбедносни грешки во изворниот код.
 * Предавање на завршените софтверски апликации на клиенти, менаџери на проекти итн.
 * Обезбедување техничка поддршка на клиентите.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Аџајл коуч / Agile coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Воведување на agile принципи во тимовите и организацијата.
+Коучирање на Scrum Masters, Product Owners и развојни тимови.
+Фасилитирање на ретроспективи, работилници и agile церемонии.
+Оценување на зрелоста на тимот и предлагање подобрувања.
+Отстранување на пречки кои го спречуваат agile функционирањето.
+Едукација на тимовите за agile рамки (Scrum, Kanban, SAFe).
+Поддршка на култура на континуирано подобрување.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>Инженер за вештачка интелигенција</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Дизајн, развој и имплементација на модели на вештачка интелигенција и машинско учење.
 * Обработка и анализа на податоци, вклучувајќи подготовка на сетови на податоци, чистење и анотација.
 * Развој на алгоритми за предвидување, класификација, препознавање на слика/говор или обработка на природен јазик (NLP).
 * Интеграција на AI решенија во постоечки производи, системи или cloud инфраструктура.
 * Оптимизација на моделите според перформанси, точност и барања за компјутерски ресурси.
 * Соработка со аналитичари на податоци, софтверски развивачи и бизнис тимови при дефинирање на барања и цели.
 * Следење на трендови и новости во областа на AI/ML и нивна примена во пракса.
 * Документирање на процедури, решенија и резултати од експерименти.</t>
   </si>
@@ -7621,50 +7671,74 @@
 * Да се помага во развивањето на технички спецификации и проектни временски рамки.
 * Да се менторираат помлади програмери и да се даваат насоки за најдобри практики во програмирање на микроконтролери.</t>
   </si>
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Развивање на мобилни апликации за платформата iOS и за уреди со оперативен систем iOS (iPhone, iPad итн.).
 * Анализа на барањата на клиентите и оценување на потенцијалните ризици и поврзани технички проблеми.
 * Учество во создавањето на технички спецификации.
 * Предавање на завршената работа на клиентите/тестерите за тестирање.
 * Откривање и корекција на функционални и безбедносни грешки во изворниот код.
 * Предавање на завршените софтверски апликации на клиентите, менаџерите на проекти итн.
 * Обезбедување на техничка поддршка на клиентите.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Техничар во онлајн казино</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Управување и мониторинг на онлајн системи за игри.
+Решавање инциденти поврзани со софтверот за игри.
+Имплементација на ажурирања и конфигурации на игрите.
+Тестирање на функционалноста на играчките модули.
+Комуникација со развивачи и добавувачи на игри.
+Обезбедување оперативна стабилност и перформанси.
+Документирање на техничките интервенции.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Развивање на компјутерски апликации и поврзување со системот за база на податоци Oracle.
 * Анализа на барањата на клиентите и проценка на потенцијалните ризици и сродните технички прашања.
 * Учество во создавањето на технички спецификации.
 * Предавање на завршените работи на клиентите/тестерите за тестирање.
 * Откривање и исправување на функционални и безбедносни грешки во изворниот код.
 * Предавање на завршените софтверски апликации на клиентите, раководителите на проекти итн.
 * Обезбедување техничка поддршка на клиентите.</t>
   </si>
   <si>
     <t>PC Technician</t>
   </si>
   <si>
     <t>Техничар за компјутерска технологија</t>
@@ -7793,80 +7867,128 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Развивање и одржување на статистички софтвер и алатки користејќи ја програмската јазик R.
 * Анализирање на сложени збирки податоци за да се извлечат значајни увидувања и да се поддржи донесувањето на одлуки засновано на податоци.
 * Соработка со мултифункционални тимови за да се разберат барањата за податоци и да се испорачаат делотворни решенија.
 * Креирање на визуелизации на податоци и извештаи за ефикасно да комуницира доitudes на различни заинтересирани страни.
 * Пишување на чист, ефикасен и добро документиран код за да се обезбеди одржливост и скалабилност на проектите.
 * Извршување на чистење и претходна обработка на податоци за да се обезбедат квалитет и поузданост на податоците.
 * Учествување во преглед на код и придонесување во најдобри практики во развојот на софтвер.
 * Ажурирање со најновите достигнувања во програмирањето со R и методологиите на податоците наука.
 * Откривање на грешки и исправување на постоечките апликации на R за да се подобри функционалноста и перформансите.
 * Пружање на обука и поддршка на членови на тимовите и на заинтересираните страни за алатките и техниките на R.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>RPA инженер</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Автоматизација на процеси со користење RPA алатки (UiPath, BluePrism, Automation Anywhere).
+Моделирање на процесни текови и анализа на чекори погодни за автоматизација.
+Креирање, тестирање и имплементација на роботски скрипти.
+Обезбедување правилно функционирање на RPA роботите во продукција.
+Оптимизација на постоечки автоматизации и решавање инциденти.
+Документирање на решенијата и процесните постапки.
+Соработка со процесни аналитичари, ИТ и бизнис‑оддели.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Руби програмер / програмер</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Соработка со мултифункционални тимови за дефинирање, дизајнирање и испорака на нови одлики во апликации на Ruby.
 * Пишување чист, одржлив и ефикасен код додека се следат најдобрите практики и стандарди за развој.
 * Откривање и решавање на проблеми во постоечките апликации за да се обезбеди оптимална изведба и корисничко искуство.
 * Учествување во ревизии на кодот за да се обезбеди конструктивна повратна информација и да се подобри продуктивноста на тимот.
 * Ажурирање со појавувањето на нови технологии и индустријски трендови за да се подобрат процесите за развој.
 * Развивање и одржување на документација за код, процеси и апликации.
 * Интегрирање на елементи што ги гледаат корисниците со логиката на страната на серверот за да се создадат непрекинати апликации.
 * Обезбедување на безбедноста и скалабилноста на апликациите преку строго тестирање и оптимизација.
 * придонесување во континуираното подобрување на процесот на развој и тимската соработка.
 * Менторирање на помлади програмери и споделување на знаење за да се поттикне култура на учење во тимот.</t>
   </si>
   <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>SAP консултант</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Анализа на бизнис процесите и дизајн на решенија во SAP модулите.
+Конфигурирање на SAP системот според барањата на клиентот.
+Тестирање, документирање и поддршка при имплементација.
+Обука на корисници и обезбедување стручна поддршка.
+Соработка при миграција на податоци и интеграции со други системи.
+Решавање инциденти и оптимизација на SAP поставките.
+Поддршка за развојот на SAP архитектурата и процесите.</t>
+  </si>
+  <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>САП специјалист</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Обезбедете соодветна корисничка поддршка, примајте и решавајте извештаи за грешки и проблеми.
 * Следете го системот и преземете мерки за да обезбедите без проблеми работење.
 * Управувајте со доделените модули според договорените внатрешни стандарди.
 * Комуницирајте со другите оддели за да обезбедите соодветна поддршка за корисниците на SAP.
 * Придонесете за развој на оперативни методологии и планови за развој.
 * Преземете нови иновации, како и професионално деактивирање на застарени информациони системи.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
@@ -7919,50 +8041,108 @@
 * Одредување на причините за појавата на проблеми и нивно итно отстранување.
 * Инсталирање на нови или заменување на zastareni и нефункционални мајчини плочи, процесори, графички адаптери, модули за меморија, тврди дискови, оптички дискови, картички за звук и мрежа и други сметачки компоненти.
 * Инсталирање и реинсталирање на оперативни системи и софтверски апликации.
 * Отстранување на сметачки вируси, шпијунски програми, спем и други злобни апликации.
 * Ажурирање на антивирусен софтвер, антиспионски програми и безбедносни закрпи.
 * Комуникација со клиентите, давање на стручни совети и консултации.</t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Користење на компјутерско и математичко знаење при проектирање, развивање и тестирање на софтвер.
 * Анализа на потребите на клиентите и предлагање на технички решенија.
 * Креирање и одржување на техничка документација.
 * Развивање на софтвер според потребите на клиентите.
 * Тестирање на софтвер и поправка на грешки.
 * Pruужување на техничка поддршка на клиентите.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Solution архитект / архитект на решенија</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Анализа на бизнис барањата и нивно претворање во технички дизајн на решение.
+Дизајнирање архитектура на системи, интеграции, проток на податоци и технички компоненти.
+Подготовка на архитектонска документација, модели и дијаграми.
+Избор на технологии и дефинирање технички стандарди и најдобри практики.
+Соработка со развивачи, тестери, бизнис аналитичари и инфраструктурниот тим за време на имплементацијата.
+Консултација на предлозите со стејкхолдери и презентација на архитектурата пред техничка и нетехничка публика.
+Надзор на имплементацијата и извршување технички ревизии.
+Решавање на прашања поврзани со безбедност, перформанси, скалабилност и достапност.
+Дизајнирање интеграциски интерфејси (API) и логика за поврзување на системите.
+Обезбедување на усогласеност со ентерпрајз архитектурата и ИТ стратегијата.
+Поддршка во планирањето на roadmap‑от и проценката на сложеноста.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>SRE – Инженер за доверливост на сајтови</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t>Мониторинг на достапноста и перформансите на системите.
+Incident response – решавање на прекини и брзо враќање на услугите.
+Автоматизација на оперативните задачи и процесите на имплементација.
+Планирање на капацитет и скалирање на инфраструктурата.
+Креирање и одржување на мониторинг, алармирање и метрики.
+Соработка со развивачите за подобрување на доверливоста на апликациите.
+Анализи по инциденти и воведување превентивни мерки.
+Обезбедување на безбедност на системите и усогласеност со стандардите.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>* Инсталирање и администрирање на компјутерски сервери и работни станици.
 * Инсталирање, реинсталирање и ажурирање на лиценциран софтвер; водење евиденција на купени лиценци.
 * Извршување на редовни ревизии на системот и софтверот.
 * Анализа на системски логови и идентификација на можни нерегуларности.
 * Оптимизирање на функционирањето и перформансите на системот.
 * Управување со правата на пристап до компјутерската мрежа со акцент на заштита на осетливи податоци од неовластен пристап.
 * Одговорност за контролираниот пристап до Интернет и безбедноста на пријавени и испратени податоци.
 * Извршување на редовни резервни копии на електронските податоци.
@@ -9511,50 +9691,74 @@
 * Оdgоворност за значењето и креативната комуникација на рекламните кампањи.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Менаџер на продавница за автомобилски делови</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t>* Планирање на приемот и организирање на процесите за поправка со поглед на ефикасната употреба на персонал, средства за производство и материјали.
 * Управување, координација и мотивирање на вработени.
 * Доделување задачи на вработени и следење на нивното извршување.
 * Евидентирање и евалуација на одработеното време и перформансите на работниците.
 * Помагање во дијагностицирањето на сложените дефекти и определување на постапките за поправка.
 * Решавање на жалби и приговори од клиенти.</t>
   </si>
   <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Менаџер за производи за обложување</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Управување со портфолиото на спортски и квотни обложувања.
+Соработка со trading, risk‑менаџмент и маркетинг тимовите.
+Оптимизација на понудата и следење на пазарната успешност.
+Креирање промотивни кампањи и активности за играчи.
+Контрола на усогласеност со регулативата.
+Предложување производни иновации.
+Следење на конкуренцијата и трендовите.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>Бренд менаџер</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Одговорност за управување со доделените брендови.
 * Мониторинг на пазарот, преференциите на потрошувачите и активностите на конкуренцијата.
 * Креирање и имплементација на маркетиншкиот план за брендот.
 * Планирање на маркетиншкиот буџет, контрола на неговото трошење и одговорност за негова ефикасна употреба.
 * Градење на позицијата на брендот на пазарот во согласност со маркетиншкиот план.
 * Управување и надзор на рекламните кампањи.
 * Комуникација со партнери и надворешни добавувачи.
 * Соработка со другите одделенија во компанијата.</t>
   </si>
@@ -9708,50 +9912,98 @@
 * Вршење на редовни инспекции на довереното имот.</t>
   </si>
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Менаџер на сектор финансии</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t>* Управување, координирање, мотивирање и евалуирање на подредени вработени.
 * Осигурување на стратешко финансиско планирање.
 * Подготвување и процесирање на финансиските извештаи на компанијата.
 * Анализа на финансиската состојба на компанијата.
 * Планирање, управување и следење на паричниот тек.
 * Комуникација со финансиски институции и надворешни партнери на компанијата.
 * Известување на резултатите до членовите на високото раководство.</t>
+  </si>
+  <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Менаџер на играчница</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Управување со работа на играчница и надзор врз персоналот.
+Контрола на почитување на правилата и законската регулатива.
+Обезбедување задоволство на клиентите.
+Оптимизација на перформансите на игралните уреди.
+Решавање инциденти и ризични ситуации.
+Организација на смени и обуки.
+Надзор на финансиските и безбедносните аспекти на работењето.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Менаџер на игрални уреди</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Управување со работата на игралните автомати и техничката опрема.
+Планирање на поставеност, перформанси и ротација на автоматите.
+Комуникација со техничари, добавувачи и објекти.
+Следење на приходите и резултатите на уредите.
+Обезбедување усогласеност со законската регулатива.
+Контрола на сервисните интервенции и одржувањето.
+Оптимизација на понудата на игри.</t>
   </si>
   <si>
     <t>Head of controlling</t>
   </si>
   <si>
     <t>Раководител на контрола</t>
   </si>
   <si>
     <t>* Management and development of the controlling team.
 * Ensuring accurate and timely reporting, analysis and financial forecasts.
 * Compiling budgets and plans and monitoring their fulfillment.
 * Analysis and evaluation of financial results and recommendations for improvement.
 * Cooperation on strategic planning and decision-making.
 * Communication with internal and external partners, including presentation of results and strategies.</t>
   </si>
   <si>
     <t>* Управување и развој на контролниот тим.
 * Обезбедување точно и навремено известување, анализа и финансиски прогнози.
 * Составување буџети и планови и следење на нивното исполнување.
 * Анализа и евалуација на финансиските резултати и препораки за подобрување.
 * Соработка за стратешко планирање и одлучување.
 * Комуникација со внатрешни и надворешни партнери, вклучувајќи презентација на резултати и стратегии.</t>
   </si>
   <si>
     <t>Head of Customer Support</t>
@@ -9983,50 +10235,74 @@
   <si>
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>Маркетинг менаџер</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t>* Развој на краткорочна и долгорочна маркетинг стратегија.
 * Зајакнување на свеста и позицијата на брендот на пазарот.
 * Анализа на пазарот, мониторинг на трендови и активности на конкурентите.
 * Предлагање на маркетинг буџет, одлучување за користење на средствата и надгледување на нивната тековна употреба.
 * Подготвување и координирање на текот на маркетинг кампањи и поддржувачки активности.
 * Мониторинг на ефективноста на маркетинг кампањи и поддржувачки активности.
 * Евалуација на успешноста на маркетинг кампањи и поддржувачки активности.
 * Водство, мотивација и задавање на задачи на подреден персонал.</t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Менаџер на онлајн казино</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Управување со работата на онлајн казиното и перформансите на производите.
+Координација на тимови (поддршка, ризик, маркетинг, технички тим).
+Оптимизација на понудата за играчи и промотивните кампањи.
+Следење на KPI‑ја, резултатите од игрите и однесувањето на играчите.
+Решавање ризични ситуации и усогласеност со прописи.
+Надзор на безбедноста, AML и одговорното играње.
+Предлози за подобрување на производите и корисничкото искуство.</t>
   </si>
   <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>Раководител на пошта</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>* Управување, надгледување и организациски активности во поштата.
 * Мониторинг на нивото на оперативен материјал, формулари и стоки на складиште, нарачување и делење на материјал на вработените.
 * Решавање и отстранување на проблемите, неуспесите и недостатоците.
 * Извршување административни задачи поврзани со позицијата на менаџер на пошта.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>Процесен менаџер</t>
   </si>
@@ -10224,50 +10500,74 @@
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Надгледување на секојдневните операции на ресторанот за да се осигури висок стандард на услуга и задоволство на гостите.
 * Управување со регрутација на_PERSONал, обука и евалуација на перформанси за да се изгради компетентен тим.
 * Развивање и спроведување на ефективни маркетиншки стратегии за промоција на ресторанот и зголемување на ангажман наูกคите.
 * Мониторинг на финансиската перформанса, вклучувајќи буџетирање, прогноза и контрола на трошоци за максимизирање на профитабилноста.
 * Осигурување дека ресторанот се придржува до прописите за здравје и безбедност, како и одржување на стандарди за чистота и хигиена.
 * Соработка со кујнскиот персонал за креирање и ажурирање на јаденици кои одговараат на преференциите на komt Understand и сезонската достапност.
 * Речисuxtap LLVM358 Ф newsp Produced莉не за подобрување na доживувањето при вечера и поттикнување lojalnost.
 * Одржување односи со добавувачи и продавачи за да се осигури навремено доставување на квалитетни производи.
 * Анализа на пазарните трендови и активности на натпреварувачите за да се препознаат можности за раст и подобрување.
 * Планing на организирање на специјални настани и промоции за привлекување нови komcup.omg и сочувCHECK ас постоечките.</t>
   </si>
   <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Менаџер на малопродажни обложувачници</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Управување со мрежа на физички обложувалници.
+Одговорност за перформанси, приходи и оперативно работење.
+Организација на смени и обуки за вработените.
+Контрола на усогласеност со законите и интерните правила.
+Решавање жалби и ситуации со клиенти.
+Оптимизација на процеси и трошоци.
+Соработка со централата и маркетингот.</t>
+  </si>
+  <si>
     <t>*_Identifikacija na ризиците поврзани со деловната активност на компанијата.
 * Изработка на стратегија за управување со ризиците.
 * Утврдување на методологијата и процесите насочени на контрола и управување со ризиците.
 * Редовна проценка на ризиците, одредување на веројатноста и влијанието на нивното појавување.
 * Дополнување и ажурирање на внатрешните прописи поврзани со управувањето со ризиците.
 * Дополнување на извештаите и препораките до раководството на компанијата.</t>
   </si>
   <si>
     <t>Sales Manager</t>
   </si>
   <si>
     <t>Менаџер за продажба</t>
   </si>
   <si>
     <t>* Leading a team of sales representatives with the goal of securing their development, coaching, motivation, and continuous growth.
 * Actively seek out and contact important customers.
 * Develop and close large sales opportunities.
 * Maintain sales contacts and care for key customers.
 * Responsibility for achieving the company’s sales goals.
 * Planning sales goals.
 * Presenting complex services and solutions to customers.
 * Concluding co-operation contracts and subsequent care for key customers.</t>
   </si>
   <si>
     <t>* Водење на тим од претставници за продажба со цел да се обезбеди нивниот развој, koučing, мотивација и континуиран раст.
@@ -11423,50 +11723,76 @@
 * Documenting work processes and materials used for inventory and quality control purposes.
 * Troubleshooting and resolving any issues related to varnishing processes or equipment.
 * Staying updated on new varnishing techniques and materials to enhance skills and improve work quality.</t>
   </si>
   <si>
     <t>* Подготвување на површини за лацирање преку чистење, глачање и grundирање според потребата.
 * Нанесување на лакови, боења и заптивачи на различни површини, обезбедувајќи рамномерен и висококвалитетен завршен изглед.
 * Мешање и комбинирање на бои за да се постигнат посакуваните резултати според спецификациите на проектот.
 * Работа и одржување на опрема за лацирање и алатки за да се обезбеди оптимална изведба и безбедност.
 * Вршење на контрола на квалитетот на готовите производи, обезбедувајќи усогласеност со индустриските стандарди и спецификациите на клиентот.
 * Соработка со членовите на тимот за да се постигнат крајни рокови на проектот и да се одржат производните распореди.
 * Чувствување на работните простори чисти и организирани, придржувајќи се кон прописите за здравје и безбедност.
 * Документирање на процесите на работа и материјалите користени за инвентар и контрола на квалитетот.
 * Отстранување на проблеми и решавање на било кои прашања поврзани со процесите на лацирање или опремата.
 * Азурiranje на новите техники и материјали за лацирање за да ги подобрат вештините и да ја подобрат квалитетот на работата.</t>
   </si>
   <si>
     <t>* Заварување на метали, пластики и полимери сообразно со техничката документација.
 * Дефинирање на соодветни методи за заварување и процедури за работа.
 * Користење на алати и инструменти за заварување, одговорност за соодветни поставки и употреба.
 * Чистење, полирање и други завршни работи за заварување.
 * Инспекција на квалитетот на заварувањето користејќи низа испитувања.
 * Грижа и одржување на техничката опрема во работна состојба.</t>
   </si>
   <si>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Технолог за заварување</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
+  </si>
+  <si>
+    <t>Изработка на технолошки постапки за заварување (WPS).
+Поставување параметри за заварување за различни материјали.
+Контрола на квалитетот на заварите и почитување на процедурите.
+Одговорност за сертификација на процесите на заварување и заварувачите.
+Воведување нови технологии и алати за заварување.
+Соработка со производството при решавање на отстапки.
+Анализа на грешки во заварите и предлагање корективни мерки.
+Контрола на документацијата и одржување на аудити.</t>
+  </si>
+  <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Медицина и Социјална заштита</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Возач на амбулантно возило</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
     <t>* Вози амбулантни возила или им помага на возачите на амбулантни возила при превоз на болните, повредените или реконвалесцентни лица.
 * Ги отстранува и заменува извалканите чаршафи и опрема за да ги одржи санитарните услови.
@@ -11833,74 +12159,126 @@
   <si>
     <t>* Assisting experienced doctors in diagnosing and treating patients under supervision.
 * Participating in patient consultations and examinations to gain practical experience.
 * Conducting medical research and literature reviews to support clinical decision-making.
 * Attending medical training sessions, workshops, and seminars to enhance knowledge and skills.
 * Documenting patient histories, symptoms, and treatment plans in medical records.
 * Collaborating with healthcare teams to ensure comprehensive patient care.
 * Learning to perform basic medical procedures and techniques in a clinical setting.
 * Observing and adhering to medical ethics and patient confidentiality regulations.
 * Engaging in continuous professional development and staying updated on medical advancements.
 * Providing support in administrative tasks related to patient care and clinic operations.</t>
   </si>
   <si>
     <t>* Помош на искусни лекари во дијагностицирање и лекување на пациенти под надзор.
 * Учество во консултации и прегледи на пациенти за да се стекне практично искуство.
 * Спроведување на медицински истражувања и прегледи на литература за поддршка на клиничките одлуки.
 * Учество на медицински тренинг сесии, работилници и семинари за подобрување на знаењата и вештините.
 * Документирање на историјата на пациентите, симптоми и планови за третман во медицинските записи.
 * Соработка со здравствени тимови за да се обезбеди целосна грижа за пациентите.
 * Учење да се изведуваат основни медицински процедури и техники во клиничка средина.
 * Пrefundiranje и почитување на медицинската етика и прописи за поверливост на пациентите.
 * Вклучување во континуиран професионален развој и останување ажурирано со медицинските напредувања.
 * Пружање поддршка во административни задачи поврзани со грижата за пациентите и клинички операции.</t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Гинеколог</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Дијагностика и третман на гинеколошки заболувања.
+Водење на бременост и пренатална грижа.
+Превентивни гинеколошки прегледи.
+Изведување помали гинеколошки интервенции.
+Советување за контрацепција и репродуктивно здравје.
+Оценување на резултати од УЗ прегледи и лабораториски тестови.
+Грижа за пациентките по операции.
+Водење документација и упатување на дополнителни испитувања.</t>
+  </si>
+  <si>
     <t>Health Care Assistant</t>
   </si>
   <si>
     <t>Асистент за здравствена заштита</t>
   </si>
   <si>
     <t>* Providing basic nursing care under the guidance of a nurse.
 * Administering and applying medicines, poultices, wraps, enemas, warm and cold procedures, healing sitz baths, etc.
 * Serving food and drinks to patients, monitoring the state of their body fluids.
 * Measurement and monitoring of patients' vital signs.
 * Taking samples of biological material for biochemical analysis.
 * Exchange of used and soiled bed linen.
 * Work with the information system of the medical facility.
 * Recording of performed performances in documentation, reporting of activities for the needs of health insurance companies and statistics.</t>
   </si>
   <si>
     <t>* Pružanje основна нега под раководство на медицинска сестра.
 * Администрирање и аплицирање на лекови, облоги, преврски, клизми, топли и ладни процедури, лекувачки седни бањи итн.
 * Сервирање храна и пијалаци на пациентите, следење на состојбата на нивните телесни течности.
 * Мерење и следење на виталните знаци на пациентите.
 * Земање примероци од биолошки материјал за биохемиска анализа.
 * Размена на искористената и извалкана постелнина.
 * Работа со информативниот систем на здравствениот објект.
 * Водење на извршените активности во докумантација, известување на активностите за потребите на здравствени осигурителни друштва и статистика.</t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Интернист</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Дијагностика и третман на заболувања на внатрешните органи.
+Комплексно управување со хронични болести (дијабетес, хипертензија…).
+Интерпретација на лабораториски и дијагностички испитувања.
+Поставување фармакотерапија и следење на ефектите.
+Превентивни прегледи и едукација на пациенти.
+Консултации за други специјалисти и матични лекари.
+Болничка грижа според типот на установата.
+Водење медицинска документација и одлучување за дополнителни испитувања.</t>
   </si>
   <si>
     <t>Masseur</t>
   </si>
   <si>
     <t>Масер</t>
   </si>
   <si>
     <t>* Performing simple massages focusing on muscles, tendons, ligaments, joints, spine, and neck.
 * Performing sports massage and different types of wraps.
 * Performing reflexology massage and manual lymphatic drainage under the guidance of a certified physical therapist.
 * Providing advice concerning different types of exercises.</t>
   </si>
   <si>
     <t>* Изведување на едноставни masaži со фокус на мускулите, тетивите, лигаментите, зглобовите, ’рбетот и вратот.
 * Изведување на спортска masaža и различни видови обврски.
 * Изведување на рефлексолошка masaža и мануелен лимфен дренаж под раководство на сертифициран физиотерапевт.
 * Давање на совети поврзани со различни видови вежби.</t>
   </si>
   <si>
     <t>Medical Advisor</t>
   </si>
   <si>
     <t>Медицински советник</t>
   </si>
@@ -12120,50 +12498,76 @@
 * Assisting with daily routines such as meals, bathing, dressing, and bedtime.
 * Supporting children's emotional and social development through positive reinforcement and guidance.
 * Communicating effectively with parents regarding children's progress, behavior, and any concerns.
 * Maintaining a clean and organized environment, including tidying up play areas and children's rooms.
 * Administering basic first aid and medication as needed, following parents' instructions.
 * Collaborating with parents to establish and adhere to family routines and rules.
 * Adapting care techniques to meet the individual needs and preferences of each child.
 * Ensuring compliance with safety regulations and guidelines to protect children at all times.
 * Providing transportation for children to and from activities, school, or appointments as required.</t>
   </si>
   <si>
     <t>* Pružanje pažljiva i neguvanje грижа за деца во домашна средина.
 * Kreiranje сигурна, стимулативна и ангажирана средина за развој на дете.
 * Planiranje i надгледување на активности соодветни за возраста, вклучувајќи и образовни игри и излети.
 * Помош при дневни рутини како оброци, капење, облекување и време за спиење.
 * Поддршка на емоционалниот и социјален развој на децата преку позитивно зајакнување и водење.
 * Ефикасна комуникација со родителите во врска со напредокот, однесувањето и било кои загрижености на децата.
 * Одржување на чиста и организирана средина, вклучувајќи средување на простори за играње и собите на децата.
 * Аминистрирање на основна прва помош и лекови по потреба, во согласност со упатствата на родителите.
 * Соработка со родителите за воспоставување и почитување на семејни рутини и правила.
 * Прилагодување на техниките за грижа за да се задоволат поединечните потреби и преференци на секое дете.
 * Заштита на децата во секое време преку почитување на прописите и упатствата за безбедност.
 * Pružanje транспорт за деца до и од активности, училиште или закажувања по потреба.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Невролог</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Дијагностика на заболувања на нервниот систем (мозок, рбетен мозок, периферни нерви).
+Изведување на невролошки прегледи.
+Индикација за ЕМГ, ЕЕГ, МР и други испитувања.
+Третман на акутни и хронични невролошки заболувања.
+Долгорочно следење на пациенти со прогресивни заболувања.
+Соработка со рехабилитација и неврохирургија.
+Водење здравствена документација.
+Едукација на пациенти и семејства за управување со болеста.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Медицинска сестра/техничар</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t>* Pružanje помош за време на специјализирани медицински процедури и прегледи.
 * Мерење и следење на витални знаци и функции кај пациентите.
 * Аплицирање на инјекции и пропишани лекови на пациенти.
 * Собирање на примероци од биолошки материјали.
 * Нарачување на превентивни kontrolni прегледи и испитувања за пациентите.
 * Управување со здравствена документација и изведби.
 * Миене, дезинфекција и стерилизација на медицински инструменти и помагала.
 * Pružanje на прва помош во итни случаи.</t>
   </si>
@@ -12346,104 +12750,153 @@
   <si>
     <t>* Develop and implement effective marketing strategies for healthcare products and services.
 * Conduct market research to identify customer needs, preferences, and trends within the healthcare sector.
 * Collaborate with cross-functional teams, including sales, product development, and customer service, to ensure alignment of marketing initiatives.
 * Create and manage product positioning, messaging, and promotional campaigns to enhance brand visibility and market share.
 * Analyze competitor offerings and industry developments to identify opportunities for product differentiation and innovation.
 * Prepare and present marketing plans, budgets, and performance reports to senior management.
 * Oversee the creation of marketing materials, including brochures, presentations, and digital content, ensuring consistency with brand guidelines.
 * Foster relationships with key stakeholders, including healthcare providers, industry influencers, and clients, to drive product adoption and customer loyalty.
 * Monitor and evaluate the effectiveness of marketing campaigns, making data-driven adjustments to optimize performance.
 * Stay updated on regulatory requirements and industry standards to ensure compliance in all marketing activities.</t>
   </si>
   <si>
     <t>Развивајте и спроведувајте ефикасни маркетиншки стратегии за здравствени производи и услуги.
 * Вршете пазарно истражување за да се утврдат потребите, преференциите и трендите на клиентите во рамките на здравствениот сектор.
 * Соработувајте со тимови од различни функции, вклучувајќи продажба, развој на производи и сервис на клиенти, за да се обезбеди усогласеност на маркетиншките иницијативи.
 * Креирајте и управувајте со позиционирањето на производите, пораки и промотивни кампањи за да го зајакнете видливоста на брендот и пазарниот удел.
 * Анализирајте конкуренциските понуди и развојот во индустријата за да ги утврдите можностите за диференцијација и иновација на производите.
 * Подгответе и претставете маркетиншки планови, буџети и извештаи за изведба на високото раководство.
 * Надгледувајте креирањето на маркетиншки материјали, вклучувајќи брошури, презентации и дигитален содржин, обезбедувајќи доследност со упатствата за брендот.
 * Градете односи со клучните заинтересирани страни, вклучувајќи здравствени работници, влијателни лица во индустријата и клиенти, за да го поттикнете усвојувањето на производите и лојалноста на клиентите.
 * Мониторирајте и оценувајте ефикасноста на маркетиншките кампањи, вршејќи прилагодувања засновани на податоци за оптимизирање на перформансата.
 * Останете ажурирани со законодавните барања и индустријските стандарди за да се обезбеди усогласеност со сите маркетиншки активности.</t>
   </si>
   <si>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Психијатар</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Дијагностика на психички нарушувања.
+Препишување психофармаци и следење на нивната ефективност.
+Кризна интервенција и третман на акутни состојби.
+Долгорочно следење на пациенти со хронични психијатриски дијагнози.
+Соработка со психолози и терапевти.
+Болничка грижа според типот на установата.
+Изготвување стручни мислења и медицински извештаи.
+Водење документација и планирање на третманот.</t>
+  </si>
+  <si>
     <t>Public Health Administrator</t>
   </si>
   <si>
     <t>Администратор за јавно здравје</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
     <t>* Извршување на експертски активности во областа на примарна превенција, заштита, поддршка и зајакнување на јавното здравје.
 * Извршување на државен здравствен надзор во областа на животната средина и работната средина, здравјето при работа, создавање и заштита на здрави услови за живеење и работа на децата и младите, како и на работните места со јонизирачко зрачење.
 * Мониторинг и статистичка анализа на факторите од животната средина и одликите на здравјето.
 * Извршување на специјализирани задачи во рамките на надзорот на јавното здравје.
 * Извршување на активности во областа на здравствено советување и едукација.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
     <t>Радиограф</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Извршување на дијагностички имиџинг прегледи користејќи рендген опрема за да се помогне во дијагнозата и лекувањето на пациентите.
 * Соработување со лекари и здравствени професионалци за да се определят соодветни техники и протоколи за имиџинг.
 * Подготвување на пациентите за радиографски процедури со објаснување на процесот, решавање на загрижености и обезбедување комфорт.
 * Позиционирање на пациентите правилно за да се добијат висококвалитетни слики додека се минимизира изложеноста на зрачење.
 * Одржување и управување со радиографската опрема, обезбедувајќи усогласеност со безбедносните и квалитетни стандарди.
 * Анализа на сликите за техничка квалитет и помош при толкувањето на наодите.
 * Водење на точни пациентски досиеја и документирање на извршените процедури и добиените резултати.
 * Обезбедување на чистота и организација на одделот за радиографија и опремата.
 * Азурiranje со напредокот во радиографската технологија и техниките преку континуирано образование и обука.
 * Соблюдување на сите законодавни и безбедносни упатства за да се обезбеди безбедна средина за пациентите и вработените.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Радиолог</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Изведување и оценување на радиолошки испитувања (РТГ, УЗ, КТ, МР).
+Подготовка на наод и дијагностички препораки.
+Соработка со клинички лекари при дијагностицирање.
+Надзор на техничкиот квалитет на испитувањата.
+Обезбедување заштита од зрачење и усогласеност со законските прописи.
+Документација и архивирање на сликовен материјал.
+Препорачување дополнителни испитувања по потреба.
+Консултации на резултатите со други стручњаци.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
-  </si>
-[...1 lines deleted...]
-    <t>Радиолог</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>* Самостојна стручна работа при стандардни скиографски и скијаскопски прегледи.
 * Помагање при нестандардни радиолошки операции со употреба на сложена апаратура.
 * Развивање и обработка на филмски материјал во темна комора.
 * Извршување на КТ и МР прегледи и помагање при КТ-водени интервенции (биопсија и дренажа).
 * Обработка на КТ и МР сликовна документација и нејзиното снимање на електронски медиуми.
 * Информирање на пациентот за природата, подготовката, траењето и можните ризици од прегледот, како и времето на добивање на резултатите.</t>
   </si>
   <si>
     <t>Regulatory Affairs Manager</t>
   </si>
   <si>
     <t>Менаџер за регулаторни работи</t>
   </si>
   <si>
     <t>* Preparing, submitting, and implementing registration documents of pharmaceutical products.
@@ -12522,50 +12975,76 @@
     <t>Специјалист за социјална рехабилитација</t>
   </si>
   <si>
     <t>* Assessing the needs and capabilities of individuals requiring social rehabilitation services.
 * Developing and implementing personalized rehabilitation plans in collaboration with clients and interdisciplinary teams.
 * Providing guidance and support to clients in developing life skills, social skills, and coping strategies.
 * Facilitating group therapy sessions and workshops to promote social interaction and community integration.
 * Monitoring client progress and adjusting rehabilitation plans as necessary to ensure optimal outcomes.
 * Collaborating with healthcare professionals, social workers, and community organizations to coordinate services and resources.
 * Educating clients and their families about available social services and support systems.
 * Advocating for clients' rights and needs within various social service frameworks.
 * Maintaining accurate records and documentation of client interactions, progress, and outcomes.
 * Staying informed about best practices and developments in the field of social rehabilitation and related areas.</t>
   </si>
   <si>
     <t>* Оценување на потребите и способностите на поединци кои бараат услуги за социјална рехабилитација.
 * Развивање и спроведување на персонализирани планови за рехабилитација во соработка со клиентите и мултидисциплинарни тимови.
 * Обезбедување на насоки и поддршка на клиентите во развојот на животни вештини, социјални вештини и стратегии за справување.
 * Олеснување на групни тераписки сесии и работилници за промовирање на социјална интеракција и интеграција во заедницата.
 * Мониторирање на напредокот на клиентите и прилагодување на плановите за рехабилитација по потреба за да се обезбеди оптимални резултати.
 * Соработка со здравствени професионалци, социјални работници и организациски заедници за координација на услуги и ресурси.
 * Образовање на клиентите и нивните семејства за достапни социјални услуги и системи за поддршка.
 * Застапување за правата и потребите на клиентите во различни оквири за социјални услуги.
 * Водење точни евиденции и документација за интеракциите со клиентите, напредокот и резултатите.
 * Информирање за најдобрите практики и случувања во областа на социјална рехабилитација и поврзани области.</t>
+  </si>
+  <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Хирург</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Дијагностика и индикација за хируршки интервенции.
+Изведување на оперативни процедури.
+Грижа за пациентот пред и по операцијата.
+Процена на ризиците од операцијата и информирање на пациентот.
+Следење на заздравување на раните и превенција на компликации.
+Соработка со анестезиологија и други специјалности.
+Контрола на резултатите и планирање на понатамошен третман.
+Водење хируршка документација.</t>
   </si>
   <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Ветеринар</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t>* Искитување на здравјето на животните, одредување на дијагнози.
 * Искитување и отстранување на ткива и биолошки материјали.
 * Препишување и администрирање на лекови кај животните.
 * Изведување на мали и големи операции.
 * Вакцинација на животните против болести, лечење на паразити.
 * Стерилизација на животните.
 * Евтаназија на животните.
@@ -14339,50 +14818,74 @@
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Помош на семејствата при планирањето и организирањето на погребни служби на сочувствителен и почитуван начин.
 * Правилен насок за организацискиे.погребни аранжмани, вклучувајќи избор на ковчег, транспорт и спомен служби.
 * Координирање со различни услужни обезбедувачи, како што се гробишта, крематориуми и цвеќари.
 * Подготвување и поднесување на потребните правни документи, како што се потврди за смрт и дозволи.
 * Заштита на adecватната грижа и подготовка на починатиот, вклучувајќи балсамирање и облекување.
 * Управување со логистиката за погребната служба, вклучувајќи подготвување на местото и надгледување на текот на службата.
 * Нудење емоционална поддршка и советување на семејства кои скрбават во текот на процесот на планирање.
 * Одржување на чиста и почитувана околина во погребниот дом и поврзаните објекти.
 * Соблюдување на здравствените и безбедносни прописи и етички стандарди во сите аспекти на работата.
 * Учествување во континуиран професионален развој и обука за да останете во тек со индустриските практики и регулации.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Оператор на играчница / казино</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Услужување на гости во играчница или казино.
+Надзор над работата на играчките уреди.
+Давање информации за игрите и правилата.
+Решавање основни технички и оперативни проблеми.
+Проверка на возраста и дозволите на играчите.
+Почитување на интерни и законски правила.
+Обезбедување чистота и ред во објектот.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Градинар</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t>* Грижа за цветни леи, тревние површини, дрвја и грмушки во градини, овоштарници и јавни паркови.
 * Копање и ѓубрење на почвата, вадење на плевели.
 * Садење и наводнување на украсни растенија, грмушки, дрвја и живи огради.
 * Сеење, наводнување и косење на тревни површини.
 * Заштита на вегетацијата од штетници и болести со користење на хемиски средства.
 * Берба и складирање на овошје и зеленчук.
 * Поправка на градинарски алатки.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
@@ -14681,50 +15184,74 @@
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
     <t>* Оперирање и одржување на котли, обезбедувајќи дека функционираат ефикасно и безбедно.
 * Мониторирање на притисокот, температурата и нивото на вода во котлите за одржување на оптимальна перформанса.
 * Извршување на редовни инспекции и извршување на потребниот одржување на котлени системи.
 * Одговарање на аларми и сигнали за безбедност, преземање соодветни мерки за решавање на проблеми.
 * Водење точни записи за работа на котлите, активности за одржување и контроли на безбедноста.
 * Соработување со тимови за инженерство и одржување за поправање и отстранување на проблеми поврзани со котлите.
 * Обезбедување усогласеност со прописите за безбедност и индустриски стандарди во работењето на котлите.
 * Управување со снабдувањето со гориво и обезбедување на соодветно согорување за ефикасно производство на енергија.
 * Асистирање во обуката на нови вработени за работа на котлите и процедури за безбедност.
 * Извршување на постапки за итно исклучување кога е неопходно и обезбедување на безбедна работа во секое време.</t>
   </si>
   <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Технологија, Развој</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Сервисен техничар за игрални уреди</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Инсталација, поставување и сервисирање на игрални уреди.
+Дијагностицирање и поправка на технички дефекти.
+Редовно одржување на автоматите.
+Обезбедување техничка безбедност и функционалност.
+Документирање на интервенциите и пријавување дефекти.
+Соработка со менаџерите на операциите.
+Тестирање нови уреди и компоненти.</t>
   </si>
   <si>
     <t>Head of Technical Department</t>
   </si>
   <si>
     <t>Раководител на технички оддел</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
 * Leading and managing the technical department to foster innovation and improve operational processes.
 * Collaborating with other departments to align technical activities with overall business objectives.
 * Conducting performance evaluations and providing guidance to team members to enhance their skills and productivity.
 * Monitoring industry trends and advancements to inform strategic decision-making and maintain competitive advantage.
 * Ensuring compliance with safety regulations and quality standards in all technical operations.</t>
   </si>
   <si>
     <t>* Организирање на производството врз основа на месечни и годишни производствени планови поднесени до раководството на компанијата.
 * Изработка на планови во согласност со бизнис стратегијата на компанијата.
 * Обезбедување на спроведување на плановите со надгледување на посебни производствени капацитети или подредени технички служби, вклучувајќи контрола на квалитетот, развој, одржување и безбедност при работа, со делегирање на задачи на поединечни членови на тимот.
 * Организирање на протокот на производствена документација и предлагање, спроведување и следење на усогласеност со организациски прописи.
 * Решавање на тековните технички проблеми за да се обезбеди континуирано, безбедно и ефикасно функционирање на објектот.
@@ -18300,88 +18827,88 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F753"/>
+  <dimension ref="A1:F774"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F753"/>
+      <selection activeCell="E6" sqref="E6:F774"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="1">
-        <v>748</v>
+        <v>769</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>11</v>
@@ -19360,14002 +19887,14422 @@
         <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>139</v>
       </c>
       <c r="B55" t="s">
         <v>140</v>
       </c>
       <c r="C55" t="s">
         <v>212</v>
       </c>
       <c r="D55" t="s">
         <v>213</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
+        <v>139</v>
+      </c>
+      <c r="B56" t="s">
+        <v>140</v>
+      </c>
+      <c r="C56" t="s">
         <v>216</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
         <v>217</v>
       </c>
-      <c r="C56" t="s">
+      <c r="E56" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="D56" t="s">
+      <c r="F56" s="2" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B57" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C57" t="s">
         <v>222</v>
       </c>
       <c r="D57" t="s">
         <v>223</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B58" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C58" t="s">
         <v>226</v>
       </c>
       <c r="D58" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B59" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C59" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D59" t="s">
         <v>230</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>231</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B60" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C60" t="s">
         <v>233</v>
       </c>
       <c r="D60" t="s">
         <v>234</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B61" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C61" t="s">
         <v>237</v>
       </c>
       <c r="D61" t="s">
         <v>238</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B62" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C62" t="s">
         <v>241</v>
       </c>
       <c r="D62" t="s">
         <v>242</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B63" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C63" t="s">
         <v>245</v>
       </c>
       <c r="D63" t="s">
         <v>246</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B64" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C64" t="s">
         <v>249</v>
       </c>
       <c r="D64" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B65" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C65" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D65" t="s">
         <v>253</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B66" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C66" t="s">
         <v>256</v>
       </c>
       <c r="D66" t="s">
         <v>257</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B67" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C67" t="s">
         <v>260</v>
       </c>
       <c r="D67" t="s">
         <v>261</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>262</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B68" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C68" t="s">
         <v>264</v>
       </c>
       <c r="D68" t="s">
         <v>265</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B69" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C69" t="s">
         <v>268</v>
       </c>
       <c r="D69" t="s">
         <v>269</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B70" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C70" t="s">
         <v>272</v>
       </c>
       <c r="D70" t="s">
         <v>273</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>274</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B71" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C71" t="s">
         <v>276</v>
       </c>
       <c r="D71" t="s">
         <v>277</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B72" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C72" t="s">
         <v>280</v>
       </c>
       <c r="D72" t="s">
         <v>281</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>282</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B73" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C73" t="s">
         <v>284</v>
       </c>
       <c r="D73" t="s">
         <v>285</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B74" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C74" t="s">
         <v>288</v>
       </c>
       <c r="D74" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B75" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C75" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D75" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>293</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B76" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C76" t="s">
         <v>295</v>
       </c>
       <c r="D76" t="s">
         <v>296</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B77" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C77" t="s">
         <v>299</v>
       </c>
       <c r="D77" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B78" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C78" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D78" t="s">
         <v>303</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B79" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C79" t="s">
         <v>306</v>
       </c>
       <c r="D79" t="s">
         <v>307</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B80" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C80" t="s">
         <v>310</v>
       </c>
       <c r="D80" t="s">
         <v>311</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>312</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
+        <v>220</v>
+      </c>
+      <c r="B81" t="s">
+        <v>221</v>
+      </c>
+      <c r="C81" t="s">
         <v>314</v>
       </c>
-      <c r="B81" t="s">
+      <c r="D81" t="s">
         <v>315</v>
       </c>
-      <c r="C81" t="s">
+      <c r="E81" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" s="2" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B82" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C82" t="s">
         <v>320</v>
       </c>
       <c r="D82" t="s">
         <v>321</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>322</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B83" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C83" t="s">
         <v>324</v>
       </c>
       <c r="D83" t="s">
         <v>325</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>326</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B84" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C84" t="s">
         <v>328</v>
       </c>
       <c r="D84" t="s">
         <v>329</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B85" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C85" t="s">
         <v>332</v>
       </c>
       <c r="D85" t="s">
         <v>333</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>334</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B86" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C86" t="s">
         <v>336</v>
       </c>
       <c r="D86" t="s">
         <v>337</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>338</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B87" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C87" t="s">
         <v>340</v>
       </c>
       <c r="D87" t="s">
         <v>341</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>342</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B88" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C88" t="s">
         <v>344</v>
       </c>
       <c r="D88" t="s">
         <v>345</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B89" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C89" t="s">
         <v>348</v>
       </c>
       <c r="D89" t="s">
         <v>349</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B90" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C90" t="s">
         <v>352</v>
       </c>
       <c r="D90" t="s">
         <v>353</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B91" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C91" t="s">
         <v>356</v>
       </c>
       <c r="D91" t="s">
         <v>357</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B92" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C92" t="s">
         <v>360</v>
       </c>
       <c r="D92" t="s">
         <v>361</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B93" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C93" t="s">
         <v>364</v>
       </c>
       <c r="D93" t="s">
         <v>365</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>366</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B94" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C94" t="s">
         <v>368</v>
       </c>
       <c r="D94" t="s">
         <v>369</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>370</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B95" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C95" t="s">
         <v>372</v>
       </c>
       <c r="D95" t="s">
         <v>373</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>374</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B96" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C96" t="s">
         <v>376</v>
       </c>
       <c r="D96" t="s">
         <v>377</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>378</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B97" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C97" t="s">
         <v>380</v>
       </c>
       <c r="D97" t="s">
         <v>381</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>382</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
+        <v>318</v>
+      </c>
+      <c r="B98" t="s">
+        <v>319</v>
+      </c>
+      <c r="C98" t="s">
         <v>384</v>
       </c>
-      <c r="B98" t="s">
+      <c r="D98" t="s">
         <v>385</v>
       </c>
-      <c r="C98" t="s">
+      <c r="E98" s="2" t="s">
         <v>386</v>
       </c>
-      <c r="D98" t="s">
+      <c r="F98" s="2" t="s">
         <v>387</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B99" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C99" t="s">
         <v>390</v>
       </c>
       <c r="D99" t="s">
         <v>391</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>392</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B100" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C100" t="s">
         <v>394</v>
       </c>
       <c r="D100" t="s">
         <v>395</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>396</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B101" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C101" t="s">
-        <v>344</v>
+        <v>398</v>
       </c>
       <c r="D101" t="s">
-        <v>345</v>
+        <v>399</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B102" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C102" t="s">
-        <v>368</v>
+        <v>348</v>
       </c>
       <c r="D102" t="s">
-        <v>369</v>
+        <v>349</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>370</v>
+        <v>402</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>401</v>
+        <v>388</v>
       </c>
       <c r="B103" t="s">
-        <v>402</v>
+        <v>389</v>
       </c>
       <c r="C103" t="s">
-        <v>218</v>
+        <v>372</v>
       </c>
       <c r="D103" t="s">
-        <v>219</v>
+        <v>373</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>403</v>
+        <v>374</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B104" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C104" t="s">
-        <v>405</v>
+        <v>222</v>
       </c>
       <c r="D104" t="s">
-        <v>406</v>
+        <v>223</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>407</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B105" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C105" t="s">
         <v>409</v>
       </c>
       <c r="D105" t="s">
         <v>410</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>411</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B106" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C106" t="s">
-        <v>229</v>
+        <v>413</v>
       </c>
       <c r="D106" t="s">
-        <v>230</v>
+        <v>414</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B107" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C107" t="s">
-        <v>415</v>
+        <v>233</v>
       </c>
       <c r="D107" t="s">
-        <v>415</v>
+        <v>234</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B108" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C108" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D108" t="s">
         <v>419</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B109" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C109" t="s">
         <v>422</v>
       </c>
       <c r="D109" t="s">
         <v>423</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>424</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B110" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C110" t="s">
         <v>426</v>
       </c>
       <c r="D110" t="s">
         <v>427</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B111" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C111" t="s">
         <v>430</v>
       </c>
       <c r="D111" t="s">
         <v>431</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>432</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B112" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C112" t="s">
         <v>434</v>
       </c>
       <c r="D112" t="s">
         <v>435</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B113" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C113" t="s">
         <v>438</v>
       </c>
       <c r="D113" t="s">
         <v>439</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B114" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C114" t="s">
         <v>442</v>
       </c>
       <c r="D114" t="s">
         <v>443</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>444</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B115" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C115" t="s">
         <v>446</v>
       </c>
       <c r="D115" t="s">
         <v>447</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>448</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B116" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C116" t="s">
         <v>450</v>
       </c>
       <c r="D116" t="s">
         <v>451</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>452</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B117" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C117" t="s">
         <v>454</v>
       </c>
       <c r="D117" t="s">
         <v>455</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>456</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B118" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C118" t="s">
         <v>458</v>
       </c>
       <c r="D118" t="s">
         <v>459</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>460</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B119" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C119" t="s">
-        <v>295</v>
+        <v>462</v>
       </c>
       <c r="D119" t="s">
-        <v>296</v>
+        <v>463</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B120" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C120" t="s">
-        <v>464</v>
+        <v>299</v>
       </c>
       <c r="D120" t="s">
-        <v>465</v>
+        <v>300</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>466</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B121" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C121" t="s">
         <v>468</v>
       </c>
       <c r="D121" t="s">
         <v>469</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>470</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B122" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C122" t="s">
         <v>472</v>
       </c>
       <c r="D122" t="s">
         <v>473</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B123" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C123" t="s">
         <v>476</v>
       </c>
       <c r="D123" t="s">
         <v>477</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>478</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B124" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C124" t="s">
         <v>480</v>
       </c>
       <c r="D124" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B125" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C125" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D125" t="s">
         <v>484</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>485</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B126" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C126" t="s">
         <v>487</v>
       </c>
       <c r="D126" t="s">
         <v>488</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B127" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C127" t="s">
         <v>491</v>
       </c>
       <c r="D127" t="s">
         <v>492</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B128" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C128" t="s">
         <v>495</v>
       </c>
       <c r="D128" t="s">
         <v>496</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B129" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C129" t="s">
         <v>499</v>
       </c>
       <c r="D129" t="s">
         <v>500</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B130" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C130" t="s">
         <v>503</v>
       </c>
       <c r="D130" t="s">
         <v>504</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B131" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C131" t="s">
         <v>507</v>
       </c>
       <c r="D131" t="s">
         <v>508</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B132" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C132" t="s">
         <v>511</v>
       </c>
       <c r="D132" t="s">
         <v>512</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B133" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C133" t="s">
         <v>515</v>
       </c>
       <c r="D133" t="s">
         <v>516</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B134" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C134" t="s">
         <v>519</v>
       </c>
       <c r="D134" t="s">
         <v>520</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>521</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
+        <v>405</v>
+      </c>
+      <c r="B135" t="s">
+        <v>406</v>
+      </c>
+      <c r="C135" t="s">
         <v>523</v>
       </c>
-      <c r="B135" t="s">
+      <c r="D135" t="s">
         <v>524</v>
       </c>
-      <c r="C135" t="s">
+      <c r="E135" s="2" t="s">
         <v>525</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135" s="2" t="s">
         <v>526</v>
-      </c>
-[...4 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B136" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C136" t="s">
         <v>529</v>
       </c>
       <c r="D136" t="s">
         <v>530</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B137" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C137" t="s">
         <v>533</v>
       </c>
       <c r="D137" t="s">
         <v>534</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B138" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C138" t="s">
         <v>537</v>
       </c>
       <c r="D138" t="s">
         <v>538</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>539</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B139" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C139" t="s">
         <v>541</v>
       </c>
       <c r="D139" t="s">
         <v>542</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>543</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B140" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C140" t="s">
         <v>545</v>
       </c>
       <c r="D140" t="s">
         <v>546</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>547</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B141" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C141" t="s">
         <v>549</v>
       </c>
       <c r="D141" t="s">
         <v>550</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>551</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B142" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C142" t="s">
         <v>553</v>
       </c>
       <c r="D142" t="s">
         <v>554</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B143" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C143" t="s">
         <v>557</v>
       </c>
       <c r="D143" t="s">
         <v>558</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B144" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C144" t="s">
         <v>561</v>
       </c>
       <c r="D144" t="s">
-        <v>530</v>
+        <v>562</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B145" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C145" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D145" t="s">
-        <v>565</v>
+        <v>534</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>566</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B146" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C146" t="s">
-        <v>332</v>
+        <v>568</v>
       </c>
       <c r="D146" t="s">
-        <v>333</v>
+        <v>569</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B147" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C147" t="s">
-        <v>570</v>
+        <v>336</v>
       </c>
       <c r="D147" t="s">
-        <v>571</v>
+        <v>337</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>572</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B148" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C148" t="s">
         <v>574</v>
       </c>
       <c r="D148" t="s">
         <v>575</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>576</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B149" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C149" t="s">
         <v>578</v>
       </c>
       <c r="D149" t="s">
         <v>579</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>580</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B150" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C150" t="s">
         <v>582</v>
       </c>
       <c r="D150" t="s">
         <v>583</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>584</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B151" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C151" t="s">
         <v>586</v>
       </c>
       <c r="D151" t="s">
         <v>587</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>588</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B152" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C152" t="s">
         <v>590</v>
       </c>
       <c r="D152" t="s">
         <v>591</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>592</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B153" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C153" t="s">
         <v>594</v>
       </c>
       <c r="D153" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B154" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C154" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D154" t="s">
         <v>598</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>599</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B155" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C155" t="s">
         <v>601</v>
       </c>
       <c r="D155" t="s">
         <v>602</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>603</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B156" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C156" t="s">
         <v>605</v>
       </c>
       <c r="D156" t="s">
         <v>606</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>607</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B157" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C157" t="s">
         <v>609</v>
       </c>
       <c r="D157" t="s">
         <v>610</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>611</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B158" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C158" t="s">
         <v>613</v>
       </c>
       <c r="D158" t="s">
         <v>614</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>615</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B159" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C159" t="s">
         <v>617</v>
       </c>
       <c r="D159" t="s">
         <v>618</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>619</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B160" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C160" t="s">
         <v>621</v>
       </c>
       <c r="D160" t="s">
         <v>622</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>623</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B161" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C161" t="s">
         <v>625</v>
       </c>
       <c r="D161" t="s">
         <v>626</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>627</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B162" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C162" t="s">
         <v>629</v>
       </c>
       <c r="D162" t="s">
         <v>630</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>631</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B163" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C163" t="s">
         <v>633</v>
       </c>
       <c r="D163" t="s">
         <v>634</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>635</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B164" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C164" t="s">
         <v>637</v>
       </c>
       <c r="D164" t="s">
         <v>638</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>639</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B165" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C165" t="s">
         <v>641</v>
       </c>
       <c r="D165" t="s">
         <v>642</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>643</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B166" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C166" t="s">
         <v>645</v>
       </c>
       <c r="D166" t="s">
         <v>646</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>647</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B167" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C167" t="s">
         <v>649</v>
       </c>
       <c r="D167" t="s">
         <v>650</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>651</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B168" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C168" t="s">
         <v>653</v>
       </c>
       <c r="D168" t="s">
         <v>654</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>655</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B169" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C169" t="s">
         <v>657</v>
       </c>
       <c r="D169" t="s">
         <v>658</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>659</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B170" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C170" t="s">
         <v>661</v>
       </c>
       <c r="D170" t="s">
         <v>662</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>663</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B171" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C171" t="s">
         <v>665</v>
       </c>
       <c r="D171" t="s">
         <v>666</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>667</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B172" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C172" t="s">
         <v>669</v>
       </c>
       <c r="D172" t="s">
         <v>670</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>671</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B173" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C173" t="s">
         <v>673</v>
       </c>
       <c r="D173" t="s">
         <v>674</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>675</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="B174" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C174" t="s">
         <v>677</v>
       </c>
       <c r="D174" t="s">
         <v>678</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>679</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
+        <v>527</v>
+      </c>
+      <c r="B175" t="s">
+        <v>528</v>
+      </c>
+      <c r="C175" t="s">
         <v>681</v>
       </c>
-      <c r="B175" t="s">
+      <c r="D175" t="s">
         <v>682</v>
       </c>
-      <c r="C175" t="s">
+      <c r="E175" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="D175" t="s">
+      <c r="F175" s="2" t="s">
         <v>684</v>
-      </c>
-[...4 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B176" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C176" t="s">
-        <v>25</v>
+        <v>687</v>
       </c>
       <c r="D176" t="s">
-        <v>26</v>
+        <v>688</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B177" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C177" t="s">
-        <v>689</v>
+        <v>25</v>
       </c>
       <c r="D177" t="s">
-        <v>690</v>
+        <v>26</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>691</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B178" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C178" t="s">
         <v>693</v>
       </c>
       <c r="D178" t="s">
         <v>694</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>695</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
+        <v>685</v>
+      </c>
+      <c r="B179" t="s">
+        <v>686</v>
+      </c>
+      <c r="C179" t="s">
         <v>697</v>
       </c>
-      <c r="B179" t="s">
+      <c r="D179" t="s">
         <v>698</v>
       </c>
-      <c r="C179" t="s">
+      <c r="E179" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="D179" t="s">
+      <c r="F179" s="2" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B180" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C180" t="s">
         <v>703</v>
       </c>
       <c r="D180" t="s">
         <v>704</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>705</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B181" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C181" t="s">
         <v>707</v>
       </c>
       <c r="D181" t="s">
         <v>708</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>709</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B182" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C182" t="s">
         <v>711</v>
       </c>
       <c r="D182" t="s">
         <v>712</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>713</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B183" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C183" t="s">
         <v>715</v>
       </c>
       <c r="D183" t="s">
         <v>716</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>717</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B184" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C184" t="s">
         <v>719</v>
       </c>
       <c r="D184" t="s">
-        <v>281</v>
+        <v>720</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B185" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C185" t="s">
-        <v>237</v>
+        <v>723</v>
       </c>
       <c r="D185" t="s">
-        <v>238</v>
+        <v>285</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B186" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C186" t="s">
-        <v>724</v>
+        <v>241</v>
       </c>
       <c r="D186" t="s">
-        <v>725</v>
+        <v>242</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>726</v>
       </c>
       <c r="F186" s="2" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B187" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C187" t="s">
         <v>728</v>
       </c>
       <c r="D187" t="s">
         <v>729</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>730</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B188" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C188" t="s">
         <v>732</v>
       </c>
       <c r="D188" t="s">
         <v>733</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>734</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B189" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C189" t="s">
         <v>736</v>
       </c>
       <c r="D189" t="s">
         <v>737</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>738</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B190" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C190" t="s">
         <v>740</v>
       </c>
       <c r="D190" t="s">
         <v>741</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>742</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B191" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C191" t="s">
         <v>744</v>
       </c>
       <c r="D191" t="s">
         <v>745</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>746</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B192" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C192" t="s">
         <v>748</v>
       </c>
       <c r="D192" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B193" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C193" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D193" t="s">
         <v>752</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>753</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B194" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C194" t="s">
-        <v>260</v>
+        <v>755</v>
       </c>
       <c r="D194" t="s">
-        <v>261</v>
+        <v>756</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B195" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C195" t="s">
-        <v>757</v>
+        <v>264</v>
       </c>
       <c r="D195" t="s">
-        <v>758</v>
+        <v>265</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>759</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B196" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C196" t="s">
-        <v>264</v>
+        <v>761</v>
       </c>
       <c r="D196" t="s">
-        <v>265</v>
+        <v>762</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B197" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C197" t="s">
-        <v>763</v>
+        <v>268</v>
       </c>
       <c r="D197" t="s">
-        <v>764</v>
+        <v>269</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>765</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B198" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C198" t="s">
         <v>767</v>
       </c>
       <c r="D198" t="s">
         <v>768</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>769</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B199" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C199" t="s">
         <v>771</v>
       </c>
       <c r="D199" t="s">
         <v>772</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>773</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B200" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C200" t="s">
         <v>775</v>
       </c>
       <c r="D200" t="s">
         <v>776</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>777</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B201" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C201" t="s">
         <v>779</v>
       </c>
       <c r="D201" t="s">
         <v>780</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>781</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B202" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C202" t="s">
         <v>783</v>
       </c>
       <c r="D202" t="s">
         <v>784</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>785</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B203" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C203" t="s">
         <v>787</v>
       </c>
       <c r="D203" t="s">
         <v>788</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>789</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B204" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C204" t="s">
         <v>791</v>
       </c>
       <c r="D204" t="s">
         <v>792</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>793</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B205" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C205" t="s">
         <v>795</v>
       </c>
       <c r="D205" t="s">
         <v>796</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>797</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B206" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C206" t="s">
         <v>799</v>
       </c>
       <c r="D206" t="s">
         <v>800</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>801</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B207" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C207" t="s">
         <v>803</v>
       </c>
       <c r="D207" t="s">
         <v>804</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>805</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B208" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C208" t="s">
         <v>807</v>
       </c>
       <c r="D208" t="s">
         <v>808</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>809</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
+        <v>701</v>
+      </c>
+      <c r="B209" t="s">
+        <v>702</v>
+      </c>
+      <c r="C209" t="s">
         <v>811</v>
       </c>
-      <c r="B209" t="s">
+      <c r="D209" t="s">
         <v>812</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>813</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B210" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C210" t="s">
-        <v>815</v>
+        <v>145</v>
       </c>
       <c r="D210" t="s">
-        <v>816</v>
+        <v>146</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>817</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B211" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C211" t="s">
         <v>819</v>
       </c>
       <c r="D211" t="s">
         <v>820</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>821</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B212" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C212" t="s">
         <v>823</v>
       </c>
       <c r="D212" t="s">
         <v>824</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>825</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B213" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C213" t="s">
         <v>827</v>
       </c>
       <c r="D213" t="s">
         <v>828</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>829</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B214" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C214" t="s">
         <v>831</v>
       </c>
       <c r="D214" t="s">
         <v>832</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>833</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B215" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C215" t="s">
         <v>835</v>
       </c>
       <c r="D215" t="s">
         <v>836</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>837</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B216" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C216" t="s">
         <v>839</v>
       </c>
       <c r="D216" t="s">
         <v>840</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>841</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B217" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C217" t="s">
         <v>843</v>
       </c>
       <c r="D217" t="s">
         <v>844</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>845</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B218" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C218" t="s">
         <v>847</v>
       </c>
       <c r="D218" t="s">
         <v>848</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>849</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B219" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C219" t="s">
         <v>851</v>
       </c>
       <c r="D219" t="s">
         <v>852</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>853</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B220" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C220" t="s">
         <v>855</v>
       </c>
       <c r="D220" t="s">
         <v>856</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>857</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B221" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C221" t="s">
         <v>859</v>
       </c>
       <c r="D221" t="s">
         <v>860</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>861</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B222" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C222" t="s">
         <v>863</v>
       </c>
       <c r="D222" t="s">
         <v>864</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>865</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B223" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C223" t="s">
         <v>867</v>
       </c>
       <c r="D223" t="s">
         <v>868</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>869</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B224" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C224" t="s">
         <v>871</v>
       </c>
       <c r="D224" t="s">
         <v>872</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>873</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B225" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C225" t="s">
         <v>875</v>
       </c>
       <c r="D225" t="s">
         <v>876</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>877</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B226" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C226" t="s">
         <v>879</v>
       </c>
       <c r="D226" t="s">
         <v>880</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>881</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B227" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C227" t="s">
         <v>883</v>
       </c>
       <c r="D227" t="s">
         <v>884</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>885</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B228" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C228" t="s">
         <v>887</v>
       </c>
       <c r="D228" t="s">
         <v>888</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>889</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B229" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C229" t="s">
         <v>891</v>
       </c>
       <c r="D229" t="s">
         <v>892</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>893</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B230" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C230" t="s">
         <v>895</v>
       </c>
       <c r="D230" t="s">
         <v>896</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>897</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B231" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C231" t="s">
         <v>899</v>
       </c>
       <c r="D231" t="s">
         <v>900</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>901</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B232" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C232" t="s">
         <v>903</v>
       </c>
       <c r="D232" t="s">
         <v>904</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>905</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B233" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C233" t="s">
         <v>907</v>
       </c>
       <c r="D233" t="s">
-        <v>884</v>
+        <v>908</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B234" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C234" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D234" t="s">
-        <v>911</v>
+        <v>888</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>912</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B235" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C235" t="s">
         <v>914</v>
       </c>
       <c r="D235" t="s">
         <v>915</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>916</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B236" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C236" t="s">
         <v>918</v>
       </c>
       <c r="D236" t="s">
         <v>919</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>920</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B237" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C237" t="s">
         <v>922</v>
       </c>
       <c r="D237" t="s">
         <v>923</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>924</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B238" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C238" t="s">
         <v>926</v>
       </c>
       <c r="D238" t="s">
         <v>927</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>928</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B239" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C239" t="s">
         <v>930</v>
       </c>
       <c r="D239" t="s">
         <v>931</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>932</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
+        <v>815</v>
+      </c>
+      <c r="B240" t="s">
+        <v>816</v>
+      </c>
+      <c r="C240" t="s">
         <v>934</v>
       </c>
-      <c r="B240" t="s">
+      <c r="D240" t="s">
         <v>935</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>936</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B241" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C241" t="s">
-        <v>570</v>
+        <v>336</v>
       </c>
       <c r="D241" t="s">
-        <v>571</v>
+        <v>337</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B242" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C242" t="s">
-        <v>940</v>
+        <v>574</v>
       </c>
       <c r="D242" t="s">
-        <v>941</v>
+        <v>575</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>942</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B243" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C243" t="s">
-        <v>340</v>
+        <v>944</v>
       </c>
       <c r="D243" t="s">
-        <v>341</v>
+        <v>945</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B244" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C244" t="s">
-        <v>946</v>
+        <v>344</v>
       </c>
       <c r="D244" t="s">
-        <v>947</v>
+        <v>345</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>948</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B245" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C245" t="s">
         <v>950</v>
       </c>
       <c r="D245" t="s">
         <v>951</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>952</v>
       </c>
       <c r="F245" s="2" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B246" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C246" t="s">
         <v>954</v>
       </c>
       <c r="D246" t="s">
         <v>955</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>956</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B247" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C247" t="s">
         <v>958</v>
       </c>
       <c r="D247" t="s">
         <v>959</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>960</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B248" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C248" t="s">
         <v>962</v>
       </c>
       <c r="D248" t="s">
         <v>963</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>964</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B249" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C249" t="s">
-        <v>348</v>
+        <v>966</v>
       </c>
       <c r="D249" t="s">
-        <v>349</v>
+        <v>967</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>350</v>
+        <v>968</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B250" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C250" t="s">
-        <v>967</v>
+        <v>352</v>
       </c>
       <c r="D250" t="s">
-        <v>967</v>
+        <v>353</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>968</v>
+        <v>354</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B251" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C251" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D251" t="s">
         <v>971</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>972</v>
       </c>
       <c r="F251" s="2" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B252" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C252" t="s">
         <v>974</v>
       </c>
       <c r="D252" t="s">
         <v>975</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>976</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B253" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C253" t="s">
-        <v>356</v>
+        <v>978</v>
       </c>
       <c r="D253" t="s">
-        <v>357</v>
+        <v>979</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>358</v>
+        <v>980</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B254" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C254" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D254" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>979</v>
+        <v>362</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B255" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C255" t="s">
-        <v>981</v>
+        <v>368</v>
       </c>
       <c r="D255" t="s">
-        <v>982</v>
+        <v>369</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>983</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B256" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C256" t="s">
         <v>985</v>
       </c>
       <c r="D256" t="s">
         <v>986</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>987</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B257" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C257" t="s">
         <v>989</v>
       </c>
       <c r="D257" t="s">
         <v>990</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>991</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B258" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C258" t="s">
-        <v>368</v>
+        <v>993</v>
       </c>
       <c r="D258" t="s">
-        <v>369</v>
+        <v>994</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>995</v>
+        <v>938</v>
       </c>
       <c r="B259" t="s">
-        <v>996</v>
+        <v>939</v>
       </c>
       <c r="C259" t="s">
+        <v>372</v>
+      </c>
+      <c r="D259" t="s">
+        <v>373</v>
+      </c>
+      <c r="E259" s="2" t="s">
         <v>997</v>
       </c>
-      <c r="D259" t="s">
+      <c r="F259" s="2" t="s">
         <v>998</v>
-      </c>
-[...4 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B260" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C260" t="s">
         <v>1001</v>
       </c>
       <c r="D260" t="s">
         <v>1002</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>1004</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B261" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C261" t="s">
         <v>1005</v>
       </c>
       <c r="D261" t="s">
         <v>1006</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B262" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C262" t="s">
         <v>1009</v>
       </c>
       <c r="D262" t="s">
         <v>1010</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B263" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C263" t="s">
         <v>1013</v>
       </c>
       <c r="D263" t="s">
         <v>1014</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>1016</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B264" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C264" t="s">
         <v>1017</v>
       </c>
       <c r="D264" t="s">
         <v>1018</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="F264" s="2" t="s">
         <v>1020</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B265" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C265" t="s">
         <v>1021</v>
       </c>
       <c r="D265" t="s">
         <v>1022</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
+        <v>999</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C266" t="s">
         <v>1025</v>
       </c>
-      <c r="B266" t="s">
+      <c r="D266" t="s">
         <v>1026</v>
       </c>
-      <c r="C266" t="s">
+      <c r="E266" s="2" t="s">
         <v>1027</v>
       </c>
-      <c r="D266" t="s">
+      <c r="F266" s="2" t="s">
         <v>1028</v>
-      </c>
-[...4 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B267" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C267" t="s">
         <v>1031</v>
       </c>
       <c r="D267" t="s">
         <v>1032</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B268" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C268" t="s">
         <v>1035</v>
       </c>
       <c r="D268" t="s">
         <v>1036</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B269" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C269" t="s">
-        <v>256</v>
+        <v>1039</v>
       </c>
       <c r="D269" t="s">
-        <v>257</v>
+        <v>1040</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B270" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C270" t="s">
-        <v>1041</v>
+        <v>260</v>
       </c>
       <c r="D270" t="s">
-        <v>1042</v>
+        <v>261</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B271" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C271" t="s">
         <v>1045</v>
       </c>
       <c r="D271" t="s">
         <v>1046</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="F271" s="2" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B272" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C272" t="s">
         <v>1049</v>
       </c>
       <c r="D272" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B273" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C273" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D273" t="s">
         <v>1053</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B274" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C274" t="s">
         <v>1056</v>
       </c>
       <c r="D274" t="s">
         <v>1057</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B275" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C275" t="s">
         <v>1060</v>
       </c>
       <c r="D275" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B276" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C276" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D276" t="s">
         <v>1064</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>1066</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B277" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C277" t="s">
         <v>1067</v>
       </c>
       <c r="D277" t="s">
-        <v>923</v>
+        <v>1068</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B278" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C278" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="D278" t="s">
-        <v>1071</v>
+        <v>927</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B279" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C279" t="s">
         <v>1074</v>
       </c>
       <c r="D279" t="s">
         <v>1075</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C280" t="s">
         <v>1078</v>
       </c>
-      <c r="B280" t="s">
+      <c r="D280" t="s">
         <v>1079</v>
       </c>
-      <c r="C280" t="s">
+      <c r="E280" s="2" t="s">
         <v>1080</v>
       </c>
-      <c r="D280" t="s">
-[...2 lines deleted...]
-      <c r="E280" s="2" t="s">
+      <c r="F280" s="2" t="s">
         <v>1081</v>
-      </c>
-[...1 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B281" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C281" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D281" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B282" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C282" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="D282" t="s">
         <v>1087</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B283" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C283" t="s">
         <v>1090</v>
       </c>
       <c r="D283" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B284" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C284" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="D284" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B285" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C285" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="D285" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B286" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C286" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="D286" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B287" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C287" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D287" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B288" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C288" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="D288" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B289" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C289" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="D289" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B290" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C290" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D290" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B291" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C291" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D291" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B292" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C292" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="D292" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B293" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C293" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D293" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B294" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C294" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D294" t="s">
         <v>1126</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B295" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C295" t="s">
         <v>1129</v>
       </c>
       <c r="D295" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B296" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C296" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D296" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B297" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C297" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="D297" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B298" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C298" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="D298" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B299" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C299" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D299" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B300" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C300" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D300" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B301" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C301" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D301" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B302" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C302" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D302" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B303" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C303" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D303" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B304" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C304" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="D304" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B305" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C305" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D305" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B306" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C306" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D306" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B307" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C307" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D307" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B308" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C308" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="D308" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B309" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C309" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="D309" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B310" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C310" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="D310" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B311" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C311" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="D311" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B312" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C312" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="D312" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B313" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C313" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="D313" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B314" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C314" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D314" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B315" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C315" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D315" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B316" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C316" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="D316" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B317" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C317" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="D317" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B318" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C318" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="D318" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B319" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C319" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="D319" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B320" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C320" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="D320" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B321" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C321" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="D321" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B322" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C322" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D322" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B323" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C323" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="D323" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B324" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C324" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="D324" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B325" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C325" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D325" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B326" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C326" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="D326" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B327" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C327" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D327" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B328" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C328" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D328" t="s">
         <v>1238</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B329" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C329" t="s">
         <v>1241</v>
       </c>
       <c r="D329" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B330" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C330" t="s">
-        <v>981</v>
+        <v>1245</v>
       </c>
       <c r="D330" t="s">
-        <v>982</v>
+        <v>1246</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B331" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C331" t="s">
-        <v>985</v>
+        <v>1249</v>
       </c>
       <c r="D331" t="s">
-        <v>986</v>
+        <v>1250</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B332" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C332" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="D332" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B333" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C333" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="D333" t="s">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1253</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B334" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C334" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="D334" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B335" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C335" t="s">
-        <v>1257</v>
+        <v>985</v>
       </c>
       <c r="D335" t="s">
-        <v>1258</v>
+        <v>986</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B336" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C336" t="s">
-        <v>1261</v>
+        <v>989</v>
       </c>
       <c r="D336" t="s">
-        <v>1261</v>
+        <v>990</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B337" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C337" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="D337" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B338" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C338" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="D338" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="B339" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="C339" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="D339" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1276</v>
+        <v>1082</v>
       </c>
       <c r="B340" t="s">
-        <v>1277</v>
+        <v>1083</v>
       </c>
       <c r="C340" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D340" t="s">
-        <v>700</v>
+        <v>1279</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1276</v>
+        <v>1082</v>
       </c>
       <c r="B341" t="s">
-        <v>1277</v>
+        <v>1083</v>
       </c>
       <c r="C341" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D341" t="s">
         <v>1282</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="F341" s="2" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1276</v>
+        <v>1082</v>
       </c>
       <c r="B342" t="s">
-        <v>1277</v>
+        <v>1083</v>
       </c>
       <c r="C342" t="s">
-        <v>229</v>
+        <v>1285</v>
       </c>
       <c r="D342" t="s">
-        <v>230</v>
+        <v>1286</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1276</v>
+        <v>1082</v>
       </c>
       <c r="B343" t="s">
-        <v>1277</v>
+        <v>1083</v>
       </c>
       <c r="C343" t="s">
-        <v>256</v>
+        <v>1289</v>
       </c>
       <c r="D343" t="s">
-        <v>257</v>
+        <v>1289</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1276</v>
+        <v>1082</v>
       </c>
       <c r="B344" t="s">
-        <v>1277</v>
+        <v>1083</v>
       </c>
       <c r="C344" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="D344" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1276</v>
+        <v>1082</v>
       </c>
       <c r="B345" t="s">
-        <v>1277</v>
+        <v>1083</v>
       </c>
       <c r="C345" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="D345" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1276</v>
+        <v>1082</v>
       </c>
       <c r="B346" t="s">
-        <v>1277</v>
+        <v>1083</v>
       </c>
       <c r="C346" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="D346" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="B347" t="s">
-        <v>1277</v>
+        <v>1305</v>
       </c>
       <c r="C347" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="D347" t="s">
-        <v>1301</v>
+        <v>704</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="B348" t="s">
-        <v>1277</v>
+        <v>1305</v>
       </c>
       <c r="C348" t="s">
-        <v>1304</v>
+        <v>1309</v>
       </c>
       <c r="D348" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1307</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="B349" t="s">
-        <v>1277</v>
+        <v>1305</v>
       </c>
       <c r="C349" t="s">
-        <v>1308</v>
+        <v>233</v>
       </c>
       <c r="D349" t="s">
-        <v>1309</v>
+        <v>234</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="B350" t="s">
-        <v>1277</v>
+        <v>1305</v>
       </c>
       <c r="C350" t="s">
-        <v>1312</v>
+        <v>260</v>
       </c>
       <c r="D350" t="s">
-        <v>1313</v>
+        <v>261</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="B351" t="s">
-        <v>1277</v>
+        <v>1305</v>
       </c>
       <c r="C351" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="D351" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="B352" t="s">
-        <v>1277</v>
+        <v>1305</v>
       </c>
       <c r="C352" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D352" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1276</v>
+        <v>1304</v>
       </c>
       <c r="B353" t="s">
-        <v>1277</v>
+        <v>1305</v>
       </c>
       <c r="C353" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D353" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1327</v>
+        <v>1304</v>
       </c>
       <c r="B354" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C354" t="s">
         <v>1328</v>
       </c>
-      <c r="C354" t="s">
+      <c r="D354" t="s">
         <v>1329</v>
       </c>
-      <c r="D354" t="s">
+      <c r="E354" s="2" t="s">
         <v>1330</v>
       </c>
-      <c r="E354" s="2" t="s">
+      <c r="F354" s="2" t="s">
         <v>1331</v>
-      </c>
-[...1 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1327</v>
+        <v>1304</v>
       </c>
       <c r="B355" t="s">
-        <v>1328</v>
+        <v>1305</v>
       </c>
       <c r="C355" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D355" t="s">
         <v>1333</v>
       </c>
-      <c r="D355" t="s">
+      <c r="E355" s="2" t="s">
         <v>1334</v>
       </c>
-      <c r="E355" s="2" t="s">
+      <c r="F355" s="2" t="s">
         <v>1335</v>
-      </c>
-[...1 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1327</v>
+        <v>1304</v>
       </c>
       <c r="B356" t="s">
-        <v>1328</v>
+        <v>1305</v>
       </c>
       <c r="C356" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D356" t="s">
         <v>1337</v>
       </c>
-      <c r="D356" t="s">
+      <c r="E356" s="2" t="s">
         <v>1338</v>
       </c>
-      <c r="E356" s="2" t="s">
+      <c r="F356" s="2" t="s">
         <v>1339</v>
-      </c>
-[...1 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1327</v>
+        <v>1304</v>
       </c>
       <c r="B357" t="s">
-        <v>1328</v>
+        <v>1305</v>
       </c>
       <c r="C357" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D357" t="s">
         <v>1341</v>
       </c>
-      <c r="D357" t="s">
+      <c r="E357" s="2" t="s">
         <v>1342</v>
       </c>
-      <c r="E357" s="2" t="s">
+      <c r="F357" s="2" t="s">
         <v>1343</v>
-      </c>
-[...1 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1327</v>
+        <v>1304</v>
       </c>
       <c r="B358" t="s">
-        <v>1328</v>
+        <v>1305</v>
       </c>
       <c r="C358" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D358" t="s">
         <v>1345</v>
       </c>
-      <c r="D358" t="s">
+      <c r="E358" s="2" t="s">
         <v>1346</v>
       </c>
-      <c r="E358" s="2" t="s">
+      <c r="F358" s="2" t="s">
         <v>1347</v>
-      </c>
-[...1 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1327</v>
+        <v>1304</v>
       </c>
       <c r="B359" t="s">
-        <v>1328</v>
+        <v>1305</v>
       </c>
       <c r="C359" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E359" s="2" t="s">
         <v>1349</v>
       </c>
-      <c r="D359" t="s">
+      <c r="F359" s="2" t="s">
         <v>1350</v>
-      </c>
-[...4 lines deleted...]
-        <v>1352</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1327</v>
+        <v>1304</v>
       </c>
       <c r="B360" t="s">
-        <v>1328</v>
+        <v>1305</v>
       </c>
       <c r="C360" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E360" s="2" t="s">
         <v>1353</v>
       </c>
-      <c r="D360" t="s">
+      <c r="F360" s="2" t="s">
         <v>1354</v>
-      </c>
-[...4 lines deleted...]
-        <v>1356</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B361" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C361" t="s">
-        <v>168</v>
+        <v>1357</v>
       </c>
       <c r="D361" t="s">
-        <v>169</v>
+        <v>1358</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B362" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C362" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="D362" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B363" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C363" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="D363" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B364" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C364" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="D364" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B365" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C365" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="D365" t="s">
-        <v>1354</v>
+        <v>1374</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B366" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C366" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
       <c r="D366" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B367" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C367" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="D367" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B368" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C368" t="s">
-        <v>1382</v>
+        <v>168</v>
       </c>
       <c r="D368" t="s">
-        <v>1383</v>
+        <v>169</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B369" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C369" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="D369" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B370" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C370" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D370" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B371" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C371" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D371" t="s">
-        <v>852</v>
+        <v>1396</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B372" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C372" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="D372" t="s">
-        <v>1398</v>
+        <v>1382</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B373" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C373" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="D373" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B374" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C374" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D374" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B375" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C375" t="s">
-        <v>196</v>
+        <v>1410</v>
       </c>
       <c r="D375" t="s">
-        <v>197</v>
+        <v>1411</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B376" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C376" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="D376" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1327</v>
+        <v>1355</v>
       </c>
       <c r="B377" t="s">
-        <v>1328</v>
+        <v>1356</v>
       </c>
       <c r="C377" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="D377" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1419</v>
+        <v>1355</v>
       </c>
       <c r="B378" t="s">
-        <v>1420</v>
+        <v>1356</v>
       </c>
       <c r="C378" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="D378" t="s">
-        <v>1422</v>
+        <v>856</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>1423</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>1424</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1419</v>
+        <v>1355</v>
       </c>
       <c r="B379" t="s">
-        <v>1420</v>
+        <v>1356</v>
       </c>
       <c r="C379" t="s">
         <v>1425</v>
       </c>
       <c r="D379" t="s">
         <v>1426</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>1427</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1419</v>
+        <v>1355</v>
       </c>
       <c r="B380" t="s">
-        <v>1420</v>
+        <v>1356</v>
       </c>
       <c r="C380" t="s">
         <v>1429</v>
       </c>
       <c r="D380" t="s">
         <v>1430</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>1431</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1419</v>
+        <v>1355</v>
       </c>
       <c r="B381" t="s">
-        <v>1420</v>
+        <v>1356</v>
       </c>
       <c r="C381" t="s">
         <v>1433</v>
       </c>
       <c r="D381" t="s">
         <v>1434</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>1435</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1419</v>
+        <v>1355</v>
       </c>
       <c r="B382" t="s">
-        <v>1420</v>
+        <v>1356</v>
       </c>
       <c r="C382" t="s">
+        <v>200</v>
+      </c>
+      <c r="D382" t="s">
+        <v>201</v>
+      </c>
+      <c r="E382" s="2" t="s">
         <v>1437</v>
       </c>
-      <c r="D382" t="s">
+      <c r="F382" s="2" t="s">
         <v>1438</v>
-      </c>
-[...4 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1419</v>
+        <v>1355</v>
       </c>
       <c r="B383" t="s">
-        <v>1420</v>
+        <v>1356</v>
       </c>
       <c r="C383" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E383" s="2" t="s">
         <v>1441</v>
       </c>
-      <c r="D383" t="s">
+      <c r="F383" s="2" t="s">
         <v>1442</v>
-      </c>
-[...4 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1419</v>
+        <v>1355</v>
       </c>
       <c r="B384" t="s">
-        <v>1420</v>
+        <v>1356</v>
       </c>
       <c r="C384" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E384" s="2" t="s">
         <v>1445</v>
       </c>
-      <c r="D384" t="s">
+      <c r="F384" s="2" t="s">
         <v>1446</v>
-      </c>
-[...4 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1419</v>
+        <v>1447</v>
       </c>
       <c r="B385" t="s">
-        <v>1420</v>
+        <v>1448</v>
       </c>
       <c r="C385" t="s">
         <v>1449</v>
       </c>
       <c r="D385" t="s">
         <v>1450</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>1451</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1419</v>
+        <v>1447</v>
       </c>
       <c r="B386" t="s">
-        <v>1420</v>
+        <v>1448</v>
       </c>
       <c r="C386" t="s">
         <v>1453</v>
       </c>
       <c r="D386" t="s">
         <v>1454</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>1455</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>1456</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1419</v>
+        <v>1447</v>
       </c>
       <c r="B387" t="s">
-        <v>1420</v>
+        <v>1448</v>
       </c>
       <c r="C387" t="s">
         <v>1457</v>
       </c>
       <c r="D387" t="s">
         <v>1458</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>1459</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1419</v>
+        <v>1447</v>
       </c>
       <c r="B388" t="s">
-        <v>1420</v>
+        <v>1448</v>
       </c>
       <c r="C388" t="s">
         <v>1461</v>
       </c>
       <c r="D388" t="s">
         <v>1462</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>1463</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>1464</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C389" t="s">
         <v>1465</v>
       </c>
-      <c r="B389" t="s">
+      <c r="D389" t="s">
         <v>1466</v>
       </c>
-      <c r="C389" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E389" s="2" t="s">
-        <v>243</v>
+        <v>1467</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1465</v>
+        <v>1447</v>
       </c>
       <c r="B390" t="s">
-        <v>1466</v>
+        <v>1448</v>
       </c>
       <c r="C390" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="D390" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1465</v>
+        <v>1447</v>
       </c>
       <c r="B391" t="s">
-        <v>1466</v>
+        <v>1448</v>
       </c>
       <c r="C391" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D391" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1465</v>
+        <v>1447</v>
       </c>
       <c r="B392" t="s">
-        <v>1466</v>
+        <v>1448</v>
       </c>
       <c r="C392" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="D392" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1480</v>
+        <v>1447</v>
       </c>
       <c r="B393" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C393" t="s">
         <v>1481</v>
-      </c>
-[...1 lines deleted...]
-        <v>1482</v>
       </c>
       <c r="D393" t="s">
         <v>1482</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>1483</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1480</v>
+        <v>1447</v>
       </c>
       <c r="B394" t="s">
-        <v>1481</v>
+        <v>1448</v>
       </c>
       <c r="C394" t="s">
         <v>1485</v>
       </c>
       <c r="D394" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1480</v>
+        <v>1447</v>
       </c>
       <c r="B395" t="s">
-        <v>1481</v>
+        <v>1448</v>
       </c>
       <c r="C395" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="D395" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="B396" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="C396" t="s">
-        <v>1492</v>
+        <v>245</v>
       </c>
       <c r="D396" t="s">
-        <v>1493</v>
+        <v>246</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1494</v>
+        <v>247</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>1495</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="B397" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="C397" t="s">
         <v>1496</v>
       </c>
       <c r="D397" t="s">
         <v>1497</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>1498</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>1499</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="B398" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="C398" t="s">
         <v>1500</v>
       </c>
       <c r="D398" t="s">
         <v>1501</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>1502</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1480</v>
+        <v>1493</v>
       </c>
       <c r="B399" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="C399" t="s">
-        <v>256</v>
+        <v>1504</v>
       </c>
       <c r="D399" t="s">
-        <v>257</v>
+        <v>1505</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>258</v>
+        <v>1506</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B400" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C400" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="D400" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B401" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C401" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="D401" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B402" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C402" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="D402" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B403" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C403" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="D403" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B404" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C404" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="D404" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B405" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C405" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="D405" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B406" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C406" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="D406" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B407" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C407" t="s">
-        <v>1532</v>
+        <v>260</v>
       </c>
       <c r="D407" t="s">
-        <v>1533</v>
+        <v>261</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1534</v>
+        <v>262</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B408" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C408" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="D408" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B409" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C409" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="D409" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B410" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C410" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="D410" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B411" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C411" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="D411" t="s">
         <v>1549</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>1550</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B412" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C412" t="s">
         <v>1552</v>
       </c>
       <c r="D412" t="s">
         <v>1553</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>1554</v>
       </c>
       <c r="F412" s="2" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B413" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C413" t="s">
         <v>1556</v>
       </c>
       <c r="D413" t="s">
         <v>1557</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>1558</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B414" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C414" t="s">
         <v>1560</v>
       </c>
       <c r="D414" t="s">
         <v>1561</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>1562</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B415" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C415" t="s">
         <v>1564</v>
       </c>
       <c r="D415" t="s">
         <v>1565</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>1566</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B416" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C416" t="s">
         <v>1568</v>
       </c>
       <c r="D416" t="s">
         <v>1569</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>1570</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B417" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C417" t="s">
         <v>1572</v>
       </c>
       <c r="D417" t="s">
         <v>1573</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>1574</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B418" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C418" t="s">
         <v>1576</v>
       </c>
       <c r="D418" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B419" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C419" t="s">
-        <v>629</v>
+        <v>1580</v>
       </c>
       <c r="D419" t="s">
-        <v>630</v>
+        <v>1581</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B420" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C420" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="D420" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B421" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C421" t="s">
-        <v>633</v>
+        <v>1588</v>
       </c>
       <c r="D421" t="s">
-        <v>634</v>
+        <v>1589</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B422" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C422" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="D422" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B423" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C423" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="D423" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
       <c r="E423" s="2" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B424" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C424" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="D424" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B425" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C425" t="s">
-        <v>1599</v>
+        <v>1604</v>
       </c>
       <c r="D425" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B426" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C426" t="s">
-        <v>1476</v>
+        <v>1608</v>
       </c>
       <c r="D426" t="s">
-        <v>1477</v>
+        <v>1609</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1478</v>
+        <v>1610</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B427" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C427" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="D427" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B428" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C428" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="D428" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B429" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C429" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="D429" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B430" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C430" t="s">
-        <v>1616</v>
+        <v>633</v>
       </c>
       <c r="D430" t="s">
-        <v>1617</v>
+        <v>634</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B431" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C431" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="D431" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B432" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C432" t="s">
-        <v>1624</v>
+        <v>637</v>
       </c>
       <c r="D432" t="s">
-        <v>1625</v>
+        <v>638</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B433" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C433" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="D433" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B434" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C434" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="D434" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1480</v>
+        <v>1508</v>
       </c>
       <c r="B435" t="s">
-        <v>1481</v>
+        <v>1509</v>
       </c>
       <c r="C435" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="D435" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B436" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C436" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="D436" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B437" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C437" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="D437" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B438" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C438" t="s">
-        <v>1649</v>
+        <v>1504</v>
       </c>
       <c r="D438" t="s">
-        <v>1649</v>
+        <v>1505</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1650</v>
+        <v>1506</v>
       </c>
       <c r="F438" s="2" t="s">
         <v>1651</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B439" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C439" t="s">
         <v>1652</v>
       </c>
       <c r="D439" t="s">
         <v>1653</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>1654</v>
       </c>
       <c r="F439" s="2" t="s">
         <v>1655</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B440" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C440" t="s">
         <v>1656</v>
       </c>
       <c r="D440" t="s">
         <v>1657</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>1658</v>
       </c>
       <c r="F440" s="2" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B441" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C441" t="s">
-        <v>1349</v>
+        <v>1660</v>
       </c>
       <c r="D441" t="s">
-        <v>1350</v>
+        <v>1661</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B442" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C442" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="D442" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B443" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C443" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="D443" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B444" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C444" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="D444" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B445" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C445" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="D445" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B446" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C446" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="D446" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1640</v>
+        <v>1508</v>
       </c>
       <c r="B447" t="s">
-        <v>1641</v>
+        <v>1509</v>
       </c>
       <c r="C447" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="D447" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1640</v>
+        <v>1688</v>
       </c>
       <c r="B448" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="C448" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="D448" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1640</v>
+        <v>1688</v>
       </c>
       <c r="B449" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="C449" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="D449" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1640</v>
+        <v>1688</v>
       </c>
       <c r="B450" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="C450" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="D450" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1640</v>
+        <v>1688</v>
       </c>
       <c r="B451" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="C451" t="s">
-        <v>295</v>
+        <v>1700</v>
       </c>
       <c r="D451" t="s">
-        <v>296</v>
+        <v>1701</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>462</v>
+        <v>1702</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1640</v>
+        <v>1688</v>
       </c>
       <c r="B452" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="C452" t="s">
-        <v>464</v>
+        <v>1704</v>
       </c>
       <c r="D452" t="s">
-        <v>465</v>
+        <v>1705</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1699</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1640</v>
+        <v>1688</v>
       </c>
       <c r="B453" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="C453" t="s">
-        <v>1700</v>
+        <v>1377</v>
       </c>
       <c r="D453" t="s">
-        <v>1700</v>
+        <v>1378</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1640</v>
+        <v>1688</v>
       </c>
       <c r="B454" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="C454" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
       <c r="D454" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1706</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1640</v>
+        <v>1688</v>
       </c>
       <c r="B455" t="s">
-        <v>1641</v>
+        <v>1689</v>
       </c>
       <c r="C455" t="s">
-        <v>1268</v>
+        <v>1714</v>
       </c>
       <c r="D455" t="s">
-        <v>1269</v>
+        <v>1715</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B456" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C456" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="D456" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1713</v>
-[...1 lines deleted...]
-      <c r="F456" s="2"/>
+        <v>1720</v>
+      </c>
+      <c r="F456" s="2" t="s">
+        <v>1721</v>
+      </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B457" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C457" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="D457" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1716</v>
+        <v>1724</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B458" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C458" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="D458" t="s">
-        <v>1719</v>
+        <v>1727</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1720</v>
+        <v>1728</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B459" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C459" t="s">
-        <v>332</v>
+        <v>1730</v>
       </c>
       <c r="D459" t="s">
-        <v>333</v>
+        <v>1731</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1722</v>
+        <v>1732</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1723</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B460" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C460" t="s">
-        <v>570</v>
+        <v>1734</v>
       </c>
       <c r="D460" t="s">
-        <v>571</v>
+        <v>1735</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1724</v>
+        <v>1736</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1725</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B461" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C461" t="s">
-        <v>582</v>
+        <v>1738</v>
       </c>
       <c r="D461" t="s">
-        <v>583</v>
+        <v>1738</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1726</v>
+        <v>1739</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1727</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B462" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C462" t="s">
-        <v>1728</v>
+        <v>1741</v>
       </c>
       <c r="D462" t="s">
-        <v>1729</v>
+        <v>1742</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1730</v>
+        <v>1743</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1731</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B463" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C463" t="s">
-        <v>1732</v>
+        <v>299</v>
       </c>
       <c r="D463" t="s">
-        <v>1733</v>
+        <v>300</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1734</v>
+        <v>466</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1735</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B464" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C464" t="s">
-        <v>344</v>
+        <v>468</v>
       </c>
       <c r="D464" t="s">
-        <v>345</v>
+        <v>469</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B465" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C465" t="s">
-        <v>613</v>
+        <v>1748</v>
       </c>
       <c r="D465" t="s">
-        <v>614</v>
+        <v>1748</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1739</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B466" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C466" t="s">
-        <v>348</v>
+        <v>1751</v>
       </c>
       <c r="D466" t="s">
-        <v>349</v>
+        <v>1752</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>350</v>
+        <v>1753</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1740</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1709</v>
+        <v>1688</v>
       </c>
       <c r="B467" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="C467" t="s">
-        <v>1741</v>
+        <v>1296</v>
       </c>
       <c r="D467" t="s">
-        <v>1742</v>
+        <v>1297</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1743</v>
+        <v>1755</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1744</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B468" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C468" t="s">
-        <v>1745</v>
+        <v>1759</v>
       </c>
       <c r="D468" t="s">
-        <v>1746</v>
+        <v>1760</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1747</v>
-[...3 lines deleted...]
-      </c>
+        <v>1761</v>
+      </c>
+      <c r="F468" s="2"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B469" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C469" t="s">
-        <v>1749</v>
+        <v>1762</v>
       </c>
       <c r="D469" t="s">
-        <v>1750</v>
+        <v>1763</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1751</v>
+        <v>1764</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1752</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B470" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C470" t="s">
-        <v>1753</v>
+        <v>1766</v>
       </c>
       <c r="D470" t="s">
-        <v>1754</v>
+        <v>1767</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1755</v>
+        <v>1768</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1756</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B471" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C471" t="s">
-        <v>1757</v>
+        <v>336</v>
       </c>
       <c r="D471" t="s">
-        <v>1758</v>
+        <v>337</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1759</v>
+        <v>1770</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1760</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B472" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C472" t="s">
-        <v>1761</v>
+        <v>574</v>
       </c>
       <c r="D472" t="s">
-        <v>1762</v>
+        <v>575</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B473" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C473" t="s">
-        <v>356</v>
+        <v>586</v>
       </c>
       <c r="D473" t="s">
-        <v>357</v>
+        <v>587</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>358</v>
+        <v>1774</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B474" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C474" t="s">
-        <v>629</v>
+        <v>1776</v>
       </c>
       <c r="D474" t="s">
-        <v>630</v>
+        <v>1777</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1767</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B475" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C475" t="s">
-        <v>1768</v>
+        <v>1780</v>
       </c>
       <c r="D475" t="s">
-        <v>1769</v>
+        <v>1781</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1770</v>
+        <v>1782</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1771</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B476" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C476" t="s">
-        <v>1772</v>
+        <v>348</v>
       </c>
       <c r="D476" t="s">
-        <v>1773</v>
+        <v>349</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1774</v>
+        <v>1784</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B477" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C477" t="s">
-        <v>981</v>
+        <v>617</v>
       </c>
       <c r="D477" t="s">
-        <v>982</v>
+        <v>618</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1244</v>
+        <v>1786</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1776</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B478" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C478" t="s">
-        <v>1777</v>
+        <v>352</v>
       </c>
       <c r="D478" t="s">
-        <v>1778</v>
+        <v>353</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1779</v>
+        <v>354</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1780</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B479" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C479" t="s">
-        <v>989</v>
+        <v>1789</v>
       </c>
       <c r="D479" t="s">
-        <v>990</v>
+        <v>1790</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1781</v>
+        <v>1791</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1782</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B480" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C480" t="s">
-        <v>368</v>
+        <v>1793</v>
       </c>
       <c r="D480" t="s">
-        <v>369</v>
+        <v>1794</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>370</v>
+        <v>1795</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1783</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B481" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C481" t="s">
-        <v>376</v>
+        <v>1797</v>
       </c>
       <c r="D481" t="s">
-        <v>377</v>
+        <v>1798</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1784</v>
+        <v>1799</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1785</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1709</v>
+        <v>1757</v>
       </c>
       <c r="B482" t="s">
-        <v>1710</v>
+        <v>1758</v>
       </c>
       <c r="C482" t="s">
-        <v>677</v>
+        <v>1801</v>
       </c>
       <c r="D482" t="s">
-        <v>678</v>
+        <v>1802</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>679</v>
+        <v>1803</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1786</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B483" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C483" t="s">
-        <v>1789</v>
+        <v>1805</v>
       </c>
       <c r="D483" t="s">
-        <v>1790</v>
+        <v>1806</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1791</v>
+        <v>1807</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1792</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B484" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C484" t="s">
-        <v>1793</v>
+        <v>1809</v>
       </c>
       <c r="D484" t="s">
-        <v>1794</v>
+        <v>1810</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1795</v>
+        <v>1811</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1796</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B485" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C485" t="s">
-        <v>1797</v>
+        <v>360</v>
       </c>
       <c r="D485" t="s">
-        <v>1798</v>
+        <v>361</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1799</v>
+        <v>362</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1800</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B486" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C486" t="s">
-        <v>1801</v>
+        <v>633</v>
       </c>
       <c r="D486" t="s">
-        <v>1802</v>
+        <v>634</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1803</v>
+        <v>1814</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1804</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B487" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C487" t="s">
-        <v>1805</v>
+        <v>1816</v>
       </c>
       <c r="D487" t="s">
-        <v>1806</v>
+        <v>1817</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1807</v>
+        <v>1818</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1808</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B488" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C488" t="s">
-        <v>1809</v>
+        <v>1820</v>
       </c>
       <c r="D488" t="s">
-        <v>1810</v>
+        <v>1821</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1811</v>
+        <v>1822</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1812</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B489" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C489" t="s">
-        <v>1813</v>
+        <v>985</v>
       </c>
       <c r="D489" t="s">
-        <v>1814</v>
+        <v>986</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1815</v>
+        <v>1264</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B490" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C490" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="D490" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1820</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B491" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C491" t="s">
-        <v>1821</v>
+        <v>993</v>
       </c>
       <c r="D491" t="s">
-        <v>1822</v>
+        <v>994</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1824</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B492" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C492" t="s">
-        <v>1825</v>
+        <v>372</v>
       </c>
       <c r="D492" t="s">
-        <v>1826</v>
+        <v>373</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1827</v>
+        <v>374</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B493" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C493" t="s">
-        <v>1829</v>
+        <v>380</v>
       </c>
       <c r="D493" t="s">
-        <v>1830</v>
+        <v>381</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B494" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C494" t="s">
-        <v>1833</v>
+        <v>681</v>
       </c>
       <c r="D494" t="s">
+        <v>682</v>
+      </c>
+      <c r="E494" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="F494" s="2" t="s">
         <v>1834</v>
-      </c>
-[...4 lines deleted...]
-        <v>1836</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="B495" t="s">
-        <v>1788</v>
+        <v>1758</v>
       </c>
       <c r="C495" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E495" s="2" t="s">
         <v>1837</v>
       </c>
-      <c r="D495" t="s">
+      <c r="F495" s="2" t="s">
         <v>1838</v>
-      </c>
-[...4 lines deleted...]
-        <v>1840</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B496" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C496" t="s">
         <v>1841</v>
       </c>
       <c r="D496" t="s">
         <v>1842</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>1843</v>
       </c>
       <c r="F496" s="2" t="s">
         <v>1844</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B497" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C497" t="s">
         <v>1845</v>
       </c>
       <c r="D497" t="s">
         <v>1846</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>1847</v>
       </c>
       <c r="F497" s="2" t="s">
         <v>1848</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B498" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C498" t="s">
         <v>1849</v>
       </c>
       <c r="D498" t="s">
         <v>1850</v>
       </c>
       <c r="E498" s="2" t="s">
         <v>1851</v>
       </c>
       <c r="F498" s="2" t="s">
         <v>1852</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B499" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C499" t="s">
         <v>1853</v>
       </c>
       <c r="D499" t="s">
         <v>1854</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>1855</v>
       </c>
       <c r="F499" s="2" t="s">
         <v>1856</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B500" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C500" t="s">
         <v>1857</v>
       </c>
       <c r="D500" t="s">
         <v>1858</v>
       </c>
       <c r="E500" s="2" t="s">
         <v>1859</v>
       </c>
       <c r="F500" s="2" t="s">
         <v>1860</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B501" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C501" t="s">
         <v>1861</v>
       </c>
       <c r="D501" t="s">
         <v>1862</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>1863</v>
       </c>
       <c r="F501" s="2" t="s">
         <v>1864</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B502" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C502" t="s">
         <v>1865</v>
       </c>
       <c r="D502" t="s">
         <v>1866</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>1867</v>
       </c>
       <c r="F502" s="2" t="s">
         <v>1868</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B503" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C503" t="s">
         <v>1869</v>
       </c>
       <c r="D503" t="s">
         <v>1870</v>
       </c>
       <c r="E503" s="2" t="s">
         <v>1871</v>
       </c>
       <c r="F503" s="2" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B504" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C504" t="s">
         <v>1873</v>
       </c>
       <c r="D504" t="s">
         <v>1874</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>1875</v>
       </c>
       <c r="F504" s="2" t="s">
         <v>1876</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B505" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C505" t="s">
         <v>1877</v>
       </c>
       <c r="D505" t="s">
         <v>1878</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>1879</v>
       </c>
       <c r="F505" s="2" t="s">
         <v>1880</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B506" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C506" t="s">
         <v>1881</v>
       </c>
       <c r="D506" t="s">
         <v>1882</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>1883</v>
       </c>
       <c r="F506" s="2" t="s">
         <v>1884</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B507" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C507" t="s">
         <v>1885</v>
       </c>
       <c r="D507" t="s">
         <v>1886</v>
       </c>
       <c r="E507" s="2" t="s">
         <v>1887</v>
       </c>
       <c r="F507" s="2" t="s">
         <v>1888</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B508" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C508" t="s">
         <v>1889</v>
       </c>
       <c r="D508" t="s">
         <v>1890</v>
       </c>
       <c r="E508" s="2" t="s">
         <v>1891</v>
       </c>
       <c r="F508" s="2" t="s">
         <v>1892</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B509" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C509" t="s">
         <v>1893</v>
       </c>
       <c r="D509" t="s">
-        <v>998</v>
+        <v>1894</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B510" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C510" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="D510" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B511" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C511" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="D511" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B512" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C512" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="D512" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B513" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C513" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="D513" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B514" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C514" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="D514" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B515" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C515" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="D515" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B516" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C516" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="D516" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B517" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C517" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="D517" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B518" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C518" t="s">
-        <v>295</v>
+        <v>1929</v>
       </c>
       <c r="D518" t="s">
-        <v>296</v>
+        <v>1930</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1928</v>
+        <v>1931</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B519" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C519" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="D519" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B520" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C520" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="D520" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B521" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C521" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="D521" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B522" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C522" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="D522" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B523" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C523" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="D523" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B524" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C524" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="D524" t="s">
-        <v>1951</v>
+        <v>1002</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B525" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C525" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="D525" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B526" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C526" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="D526" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B527" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C527" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="D527" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1787</v>
+        <v>1839</v>
       </c>
       <c r="B528" t="s">
-        <v>1788</v>
+        <v>1840</v>
       </c>
       <c r="C528" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="D528" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1970</v>
+        <v>1839</v>
       </c>
       <c r="B529" t="s">
-        <v>1971</v>
+        <v>1840</v>
       </c>
       <c r="C529" t="s">
         <v>1972</v>
       </c>
       <c r="D529" t="s">
         <v>1973</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>1974</v>
       </c>
       <c r="F529" s="2" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1970</v>
+        <v>1839</v>
       </c>
       <c r="B530" t="s">
-        <v>1971</v>
+        <v>1840</v>
       </c>
       <c r="C530" t="s">
         <v>1976</v>
       </c>
       <c r="D530" t="s">
         <v>1977</v>
       </c>
       <c r="E530" s="2" t="s">
         <v>1978</v>
       </c>
       <c r="F530" s="2" t="s">
         <v>1979</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>1970</v>
+        <v>1839</v>
       </c>
       <c r="B531" t="s">
-        <v>1971</v>
+        <v>1840</v>
       </c>
       <c r="C531" t="s">
         <v>1980</v>
       </c>
       <c r="D531" t="s">
         <v>1981</v>
       </c>
       <c r="E531" s="2" t="s">
         <v>1982</v>
       </c>
       <c r="F531" s="2" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>1970</v>
+        <v>1839</v>
       </c>
       <c r="B532" t="s">
-        <v>1971</v>
+        <v>1840</v>
       </c>
       <c r="C532" t="s">
         <v>1984</v>
       </c>
       <c r="D532" t="s">
         <v>1985</v>
       </c>
       <c r="E532" s="2" t="s">
         <v>1986</v>
       </c>
       <c r="F532" s="2" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>1970</v>
+        <v>1839</v>
       </c>
       <c r="B533" t="s">
-        <v>1971</v>
+        <v>1840</v>
       </c>
       <c r="C533" t="s">
         <v>1988</v>
       </c>
       <c r="D533" t="s">
         <v>1989</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>1990</v>
       </c>
       <c r="F533" s="2" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>1970</v>
+        <v>1839</v>
       </c>
       <c r="B534" t="s">
-        <v>1971</v>
+        <v>1840</v>
       </c>
       <c r="C534" t="s">
+        <v>299</v>
+      </c>
+      <c r="D534" t="s">
+        <v>300</v>
+      </c>
+      <c r="E534" s="2" t="s">
         <v>1992</v>
       </c>
-      <c r="D534" t="s">
+      <c r="F534" s="2" t="s">
         <v>1993</v>
-      </c>
-[...4 lines deleted...]
-        <v>1995</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E535" s="2" t="s">
         <v>1996</v>
       </c>
-      <c r="B535" t="s">
+      <c r="F535" s="2" t="s">
         <v>1997</v>
-      </c>
-[...10 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B536" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C536" t="s">
-        <v>1821</v>
+        <v>1998</v>
       </c>
       <c r="D536" t="s">
-        <v>1822</v>
+        <v>1999</v>
       </c>
       <c r="E536" s="2" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F536" s="2" t="s">
         <v>2001</v>
-      </c>
-[...1 lines deleted...]
-        <v>2002</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B537" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C537" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D537" t="s">
         <v>2003</v>
       </c>
-      <c r="D537" t="s">
+      <c r="E537" s="2" t="s">
         <v>2004</v>
       </c>
-      <c r="E537" s="2" t="s">
+      <c r="F537" s="2" t="s">
         <v>2005</v>
-      </c>
-[...1 lines deleted...]
-        <v>2006</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B538" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C538" t="s">
-        <v>1861</v>
+        <v>2006</v>
       </c>
       <c r="D538" t="s">
-        <v>1862</v>
+        <v>2007</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B539" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C539" t="s">
-        <v>1881</v>
+        <v>2010</v>
       </c>
       <c r="D539" t="s">
-        <v>1882</v>
+        <v>2007</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B540" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C540" t="s">
-        <v>1912</v>
+        <v>2013</v>
       </c>
       <c r="D540" t="s">
-        <v>1913</v>
+        <v>2014</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B541" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C541" t="s">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="D541" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B542" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C542" t="s">
-        <v>1916</v>
+        <v>2021</v>
       </c>
       <c r="D542" t="s">
-        <v>1917</v>
+        <v>2022</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>2018</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B543" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C543" t="s">
-        <v>1942</v>
+        <v>2025</v>
       </c>
       <c r="D543" t="s">
-        <v>1943</v>
+        <v>2026</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>1944</v>
+        <v>2027</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>1996</v>
+        <v>1839</v>
       </c>
       <c r="B544" t="s">
-        <v>1997</v>
+        <v>1840</v>
       </c>
       <c r="C544" t="s">
-        <v>1946</v>
+        <v>2029</v>
       </c>
       <c r="D544" t="s">
-        <v>1947</v>
+        <v>2030</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>1948</v>
+        <v>2031</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>2020</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2021</v>
+        <v>1839</v>
       </c>
       <c r="B545" t="s">
-        <v>2022</v>
+        <v>1840</v>
       </c>
       <c r="C545" t="s">
-        <v>570</v>
+        <v>2033</v>
       </c>
       <c r="D545" t="s">
-        <v>571</v>
+        <v>2034</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>2023</v>
+        <v>2035</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>2024</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2021</v>
+        <v>1839</v>
       </c>
       <c r="B546" t="s">
-        <v>2022</v>
+        <v>1840</v>
       </c>
       <c r="C546" t="s">
-        <v>582</v>
+        <v>2037</v>
       </c>
       <c r="D546" t="s">
-        <v>583</v>
+        <v>2038</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>1726</v>
+        <v>2039</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>2025</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2021</v>
+        <v>1839</v>
       </c>
       <c r="B547" t="s">
-        <v>2022</v>
+        <v>1840</v>
       </c>
       <c r="C547" t="s">
-        <v>2026</v>
+        <v>2041</v>
       </c>
       <c r="D547" t="s">
-        <v>2027</v>
+        <v>2042</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>2028</v>
+        <v>2043</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>2029</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
-        <v>2021</v>
+        <v>2045</v>
       </c>
       <c r="B548" t="s">
-        <v>2022</v>
+        <v>2046</v>
       </c>
       <c r="C548" t="s">
-        <v>2030</v>
+        <v>2047</v>
       </c>
       <c r="D548" t="s">
-        <v>2031</v>
+        <v>2048</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>2032</v>
+        <v>2049</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>2033</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2021</v>
+        <v>2045</v>
       </c>
       <c r="B549" t="s">
-        <v>2022</v>
+        <v>2046</v>
       </c>
       <c r="C549" t="s">
-        <v>2034</v>
+        <v>2051</v>
       </c>
       <c r="D549" t="s">
-        <v>2035</v>
+        <v>2052</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2036</v>
+        <v>2053</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>2037</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2021</v>
+        <v>2045</v>
       </c>
       <c r="B550" t="s">
-        <v>2022</v>
+        <v>2046</v>
       </c>
       <c r="C550" t="s">
-        <v>1013</v>
+        <v>2055</v>
       </c>
       <c r="D550" t="s">
-        <v>1014</v>
+        <v>2056</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>2038</v>
+        <v>2057</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>2039</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2021</v>
+        <v>2045</v>
       </c>
       <c r="B551" t="s">
-        <v>2022</v>
+        <v>2046</v>
       </c>
       <c r="C551" t="s">
-        <v>344</v>
+        <v>2059</v>
       </c>
       <c r="D551" t="s">
-        <v>345</v>
+        <v>2060</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>2040</v>
+        <v>2061</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2041</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2021</v>
+        <v>2045</v>
       </c>
       <c r="B552" t="s">
-        <v>2022</v>
+        <v>2046</v>
       </c>
       <c r="C552" t="s">
-        <v>2042</v>
+        <v>2063</v>
       </c>
       <c r="D552" t="s">
-        <v>2042</v>
+        <v>2064</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2043</v>
+        <v>2065</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>2044</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2021</v>
+        <v>2045</v>
       </c>
       <c r="B553" t="s">
-        <v>2022</v>
+        <v>2046</v>
       </c>
       <c r="C553" t="s">
-        <v>348</v>
+        <v>2067</v>
       </c>
       <c r="D553" t="s">
-        <v>349</v>
+        <v>2068</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>350</v>
+        <v>2069</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2045</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B554" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C554" t="s">
-        <v>1753</v>
+        <v>2073</v>
       </c>
       <c r="D554" t="s">
-        <v>1754</v>
+        <v>2073</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2046</v>
+        <v>2074</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>2047</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B555" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C555" t="s">
-        <v>2048</v>
+        <v>1873</v>
       </c>
       <c r="D555" t="s">
-        <v>2049</v>
+        <v>1874</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2050</v>
+        <v>2076</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2051</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B556" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C556" t="s">
-        <v>1761</v>
+        <v>2078</v>
       </c>
       <c r="D556" t="s">
-        <v>1762</v>
+        <v>2079</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2052</v>
+        <v>2080</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>2053</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B557" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C557" t="s">
-        <v>2054</v>
+        <v>1921</v>
       </c>
       <c r="D557" t="s">
-        <v>2055</v>
+        <v>1922</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>2056</v>
+        <v>2082</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>2057</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B558" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C558" t="s">
-        <v>356</v>
+        <v>1941</v>
       </c>
       <c r="D558" t="s">
-        <v>357</v>
+        <v>1942</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>358</v>
+        <v>2084</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>2058</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B559" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C559" t="s">
-        <v>295</v>
+        <v>1976</v>
       </c>
       <c r="D559" t="s">
-        <v>296</v>
+        <v>1977</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>2059</v>
+        <v>2086</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>2060</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B560" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C560" t="s">
-        <v>1768</v>
+        <v>2088</v>
       </c>
       <c r="D560" t="s">
-        <v>1769</v>
+        <v>2089</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>2061</v>
+        <v>2090</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>2062</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B561" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C561" t="s">
-        <v>2063</v>
+        <v>1980</v>
       </c>
       <c r="D561" t="s">
-        <v>2064</v>
+        <v>1981</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>2065</v>
+        <v>2092</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2066</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B562" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C562" t="s">
-        <v>360</v>
+        <v>2013</v>
       </c>
       <c r="D562" t="s">
-        <v>361</v>
+        <v>2014</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>362</v>
+        <v>2015</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>2067</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2021</v>
+        <v>2071</v>
       </c>
       <c r="B563" t="s">
-        <v>2022</v>
+        <v>2072</v>
       </c>
       <c r="C563" t="s">
-        <v>981</v>
+        <v>2017</v>
       </c>
       <c r="D563" t="s">
-        <v>982</v>
+        <v>2018</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>1244</v>
+        <v>2019</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>2068</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2021</v>
+        <v>2096</v>
       </c>
       <c r="B564" t="s">
-        <v>2022</v>
+        <v>2097</v>
       </c>
       <c r="C564" t="s">
-        <v>985</v>
+        <v>574</v>
       </c>
       <c r="D564" t="s">
-        <v>986</v>
+        <v>575</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2069</v>
+        <v>2098</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>2070</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2021</v>
+        <v>2096</v>
       </c>
       <c r="B565" t="s">
-        <v>2022</v>
+        <v>2097</v>
       </c>
       <c r="C565" t="s">
-        <v>368</v>
+        <v>586</v>
       </c>
       <c r="D565" t="s">
-        <v>369</v>
+        <v>587</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>370</v>
+        <v>1774</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>2071</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2021</v>
+        <v>2096</v>
       </c>
       <c r="B566" t="s">
-        <v>2022</v>
+        <v>2097</v>
       </c>
       <c r="C566" t="s">
-        <v>2072</v>
+        <v>2101</v>
       </c>
       <c r="D566" t="s">
-        <v>2073</v>
+        <v>2102</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>2074</v>
+        <v>2103</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>2075</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2021</v>
+        <v>2096</v>
       </c>
       <c r="B567" t="s">
-        <v>2022</v>
+        <v>2097</v>
       </c>
       <c r="C567" t="s">
-        <v>376</v>
+        <v>2105</v>
       </c>
       <c r="D567" t="s">
-        <v>377</v>
+        <v>2106</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>378</v>
+        <v>2107</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>2076</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B568" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C568" t="s">
-        <v>2079</v>
+        <v>2109</v>
       </c>
       <c r="D568" t="s">
-        <v>2080</v>
+        <v>2110</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>2081</v>
+        <v>2111</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2082</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B569" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C569" t="s">
-        <v>2083</v>
+        <v>1017</v>
       </c>
       <c r="D569" t="s">
-        <v>2084</v>
+        <v>1018</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>2085</v>
+        <v>2113</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>2086</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B570" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C570" t="s">
-        <v>2087</v>
+        <v>348</v>
       </c>
       <c r="D570" t="s">
-        <v>2088</v>
+        <v>349</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>2089</v>
+        <v>2115</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>2090</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B571" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C571" t="s">
-        <v>2091</v>
+        <v>2117</v>
       </c>
       <c r="D571" t="s">
-        <v>2092</v>
+        <v>2117</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>2093</v>
+        <v>2118</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>2094</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B572" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C572" t="s">
-        <v>2095</v>
+        <v>352</v>
       </c>
       <c r="D572" t="s">
-        <v>2096</v>
+        <v>353</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>2097</v>
+        <v>354</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>2098</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B573" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C573" t="s">
-        <v>2099</v>
+        <v>1801</v>
       </c>
       <c r="D573" t="s">
-        <v>2100</v>
+        <v>1802</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>2101</v>
+        <v>2121</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2102</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B574" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C574" t="s">
-        <v>2103</v>
+        <v>2123</v>
       </c>
       <c r="D574" t="s">
-        <v>2104</v>
+        <v>2124</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>2105</v>
+        <v>2125</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>2106</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B575" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C575" t="s">
-        <v>2107</v>
+        <v>1809</v>
       </c>
       <c r="D575" t="s">
-        <v>2108</v>
+        <v>1810</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>2109</v>
+        <v>2127</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>2110</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B576" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C576" t="s">
-        <v>2111</v>
+        <v>2129</v>
       </c>
       <c r="D576" t="s">
-        <v>2112</v>
+        <v>2130</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>2113</v>
+        <v>2131</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B577" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C577" t="s">
-        <v>2115</v>
+        <v>360</v>
       </c>
       <c r="D577" t="s">
-        <v>2116</v>
+        <v>361</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>2117</v>
+        <v>362</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>2118</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B578" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C578" t="s">
-        <v>2119</v>
+        <v>299</v>
       </c>
       <c r="D578" t="s">
-        <v>2120</v>
+        <v>300</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>2121</v>
+        <v>2134</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>2122</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B579" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C579" t="s">
-        <v>2123</v>
+        <v>1816</v>
       </c>
       <c r="D579" t="s">
-        <v>2124</v>
+        <v>1817</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>2125</v>
+        <v>2136</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>2126</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B580" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C580" t="s">
-        <v>2127</v>
+        <v>2138</v>
       </c>
       <c r="D580" t="s">
-        <v>2128</v>
+        <v>2139</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>2129</v>
+        <v>2140</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>2130</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B581" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C581" t="s">
-        <v>69</v>
+        <v>364</v>
       </c>
       <c r="D581" t="s">
-        <v>70</v>
+        <v>365</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>2131</v>
+        <v>366</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>2132</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B582" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C582" t="s">
-        <v>2133</v>
+        <v>985</v>
       </c>
       <c r="D582" t="s">
-        <v>2134</v>
+        <v>986</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>2135</v>
+        <v>1264</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B583" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C583" t="s">
-        <v>2137</v>
+        <v>989</v>
       </c>
       <c r="D583" t="s">
-        <v>2138</v>
+        <v>990</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>2139</v>
+        <v>2144</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>2140</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B584" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C584" t="s">
-        <v>2141</v>
+        <v>372</v>
       </c>
       <c r="D584" t="s">
-        <v>2142</v>
+        <v>373</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>2143</v>
+        <v>374</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="B585" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="C585" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="D585" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2149</v>
+        <v>2096</v>
       </c>
       <c r="B586" t="s">
-        <v>2150</v>
+        <v>2097</v>
       </c>
       <c r="C586" t="s">
+        <v>380</v>
+      </c>
+      <c r="D586" t="s">
+        <v>381</v>
+      </c>
+      <c r="E586" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="F586" s="2" t="s">
         <v>2151</v>
-      </c>
-[...7 lines deleted...]
-        <v>2154</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="B587" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="C587" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D587" t="s">
         <v>2155</v>
       </c>
-      <c r="D587" t="s">
+      <c r="E587" s="2" t="s">
         <v>2156</v>
       </c>
-      <c r="E587" s="2" t="s">
+      <c r="F587" s="2" t="s">
         <v>2157</v>
-      </c>
-[...1 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="B588" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="C588" t="s">
-        <v>360</v>
+        <v>2158</v>
       </c>
       <c r="D588" t="s">
-        <v>361</v>
+        <v>2159</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="B589" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="C589" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="D589" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B590" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C590" t="s">
         <v>2166</v>
       </c>
       <c r="D590" t="s">
         <v>2167</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>2168</v>
       </c>
       <c r="F590" s="2" t="s">
         <v>2169</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B591" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C591" t="s">
         <v>2170</v>
       </c>
       <c r="D591" t="s">
         <v>2171</v>
       </c>
       <c r="E591" s="2" t="s">
         <v>2172</v>
       </c>
       <c r="F591" s="2" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B592" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C592" t="s">
         <v>2174</v>
       </c>
       <c r="D592" t="s">
         <v>2175</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>2176</v>
       </c>
       <c r="F592" s="2" t="s">
         <v>2177</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B593" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C593" t="s">
         <v>2178</v>
       </c>
       <c r="D593" t="s">
         <v>2179</v>
       </c>
       <c r="E593" s="2" t="s">
         <v>2180</v>
       </c>
       <c r="F593" s="2" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B594" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C594" t="s">
         <v>2182</v>
       </c>
       <c r="D594" t="s">
         <v>2183</v>
       </c>
       <c r="E594" s="2" t="s">
         <v>2184</v>
       </c>
       <c r="F594" s="2" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B595" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C595" t="s">
         <v>2186</v>
       </c>
       <c r="D595" t="s">
         <v>2187</v>
       </c>
       <c r="E595" s="2" t="s">
         <v>2188</v>
       </c>
       <c r="F595" s="2" t="s">
         <v>2189</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B596" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C596" t="s">
         <v>2190</v>
       </c>
       <c r="D596" t="s">
         <v>2191</v>
       </c>
       <c r="E596" s="2" t="s">
         <v>2192</v>
       </c>
       <c r="F596" s="2" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B597" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C597" t="s">
         <v>2194</v>
       </c>
       <c r="D597" t="s">
         <v>2195</v>
       </c>
       <c r="E597" s="2" t="s">
         <v>2196</v>
       </c>
       <c r="F597" s="2" t="s">
         <v>2197</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B598" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C598" t="s">
         <v>2198</v>
       </c>
       <c r="D598" t="s">
         <v>2199</v>
       </c>
       <c r="E598" s="2" t="s">
         <v>2200</v>
       </c>
       <c r="F598" s="2" t="s">
         <v>2201</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="B599" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="C599" t="s">
         <v>2202</v>
       </c>
       <c r="D599" t="s">
         <v>2203</v>
       </c>
       <c r="E599" s="2" t="s">
         <v>2204</v>
       </c>
       <c r="F599" s="2" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B600" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C600" t="s">
+        <v>69</v>
+      </c>
+      <c r="D600" t="s">
+        <v>70</v>
+      </c>
+      <c r="E600" s="2" t="s">
         <v>2206</v>
       </c>
-      <c r="B600" t="s">
+      <c r="F600" s="2" t="s">
         <v>2207</v>
-      </c>
-[...10 lines deleted...]
-        <v>2211</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2206</v>
+        <v>2152</v>
       </c>
       <c r="B601" t="s">
-        <v>2207</v>
+        <v>2153</v>
       </c>
       <c r="C601" t="s">
-        <v>2212</v>
+        <v>2208</v>
       </c>
       <c r="D601" t="s">
-        <v>2213</v>
+        <v>2209</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2214</v>
+        <v>2210</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>2215</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2206</v>
+        <v>2152</v>
       </c>
       <c r="B602" t="s">
-        <v>2207</v>
+        <v>2153</v>
       </c>
       <c r="C602" t="s">
-        <v>2216</v>
+        <v>2212</v>
       </c>
       <c r="D602" t="s">
-        <v>2217</v>
+        <v>2213</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>2218</v>
+        <v>2214</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>2219</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2206</v>
+        <v>2152</v>
       </c>
       <c r="B603" t="s">
-        <v>2207</v>
+        <v>2153</v>
       </c>
       <c r="C603" t="s">
-        <v>2220</v>
+        <v>2216</v>
       </c>
       <c r="D603" t="s">
-        <v>2221</v>
+        <v>2217</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>2222</v>
+        <v>2218</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>2223</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2206</v>
+        <v>2152</v>
       </c>
       <c r="B604" t="s">
-        <v>2207</v>
+        <v>2153</v>
       </c>
       <c r="C604" t="s">
-        <v>2224</v>
+        <v>2220</v>
       </c>
       <c r="D604" t="s">
-        <v>2225</v>
+        <v>2221</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2226</v>
+        <v>2222</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>2227</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2206</v>
+        <v>2224</v>
       </c>
       <c r="B605" t="s">
-        <v>2207</v>
+        <v>2225</v>
       </c>
       <c r="C605" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D605" t="s">
+        <v>2227</v>
+      </c>
+      <c r="E605" s="2" t="s">
         <v>2228</v>
       </c>
-      <c r="D605" t="s">
+      <c r="F605" s="2" t="s">
         <v>2229</v>
-      </c>
-[...4 lines deleted...]
-        <v>2231</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2206</v>
+        <v>2224</v>
       </c>
       <c r="B606" t="s">
-        <v>2207</v>
+        <v>2225</v>
       </c>
       <c r="C606" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2231</v>
+      </c>
+      <c r="E606" s="2" t="s">
         <v>2232</v>
       </c>
-      <c r="D606" t="s">
+      <c r="F606" s="2" t="s">
         <v>2233</v>
-      </c>
-[...4 lines deleted...]
-        <v>2235</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2206</v>
+        <v>2224</v>
       </c>
       <c r="B607" t="s">
-        <v>2207</v>
+        <v>2225</v>
       </c>
       <c r="C607" t="s">
-        <v>2236</v>
+        <v>364</v>
       </c>
       <c r="D607" t="s">
-        <v>2237</v>
+        <v>365</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>2238</v>
+        <v>2234</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>2239</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2206</v>
+        <v>2224</v>
       </c>
       <c r="B608" t="s">
-        <v>2207</v>
+        <v>2225</v>
       </c>
       <c r="C608" t="s">
-        <v>2240</v>
+        <v>2236</v>
       </c>
       <c r="D608" t="s">
-        <v>2241</v>
+        <v>2236</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>2242</v>
+        <v>2237</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>2243</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B609" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C609" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D609" t="s">
+        <v>2242</v>
+      </c>
+      <c r="E609" s="2" t="s">
+        <v>2243</v>
+      </c>
+      <c r="F609" s="2" t="s">
         <v>2244</v>
-      </c>
-[...7 lines deleted...]
-        <v>2247</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B610" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C610" t="s">
-        <v>609</v>
+        <v>2245</v>
       </c>
       <c r="D610" t="s">
-        <v>610</v>
+        <v>2246</v>
       </c>
       <c r="E610" s="2" t="s">
+        <v>2247</v>
+      </c>
+      <c r="F610" s="2" t="s">
         <v>2248</v>
-      </c>
-[...1 lines deleted...]
-        <v>2249</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B611" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C611" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D611" t="s">
         <v>2250</v>
       </c>
-      <c r="D611" t="s">
+      <c r="E611" s="2" t="s">
         <v>2251</v>
       </c>
-      <c r="E611" s="2" t="s">
+      <c r="F611" s="2" t="s">
         <v>2252</v>
-      </c>
-[...1 lines deleted...]
-        <v>2253</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B612" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C612" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D612" t="s">
         <v>2254</v>
       </c>
-      <c r="D612" t="s">
+      <c r="E612" s="2" t="s">
         <v>2255</v>
       </c>
-      <c r="E612" s="2" t="s">
+      <c r="F612" s="2" t="s">
         <v>2256</v>
-      </c>
-[...1 lines deleted...]
-        <v>2257</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B613" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C613" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D613" t="s">
         <v>2258</v>
       </c>
-      <c r="D613" t="s">
+      <c r="E613" s="2" t="s">
         <v>2259</v>
       </c>
-      <c r="E613" s="2" t="s">
+      <c r="F613" s="2" t="s">
         <v>2260</v>
-      </c>
-[...1 lines deleted...]
-        <v>2261</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B614" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C614" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D614" t="s">
         <v>2262</v>
       </c>
-      <c r="D614" t="s">
+      <c r="E614" s="2" t="s">
         <v>2263</v>
       </c>
-      <c r="E614" s="2" t="s">
+      <c r="F614" s="2" t="s">
         <v>2264</v>
-      </c>
-[...1 lines deleted...]
-        <v>2265</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B615" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C615" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D615" t="s">
         <v>2266</v>
       </c>
-      <c r="D615" t="s">
+      <c r="E615" s="2" t="s">
         <v>2267</v>
       </c>
-      <c r="E615" s="2" t="s">
+      <c r="F615" s="2" t="s">
         <v>2268</v>
-      </c>
-[...1 lines deleted...]
-        <v>2269</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B616" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C616" t="s">
-        <v>985</v>
+        <v>2269</v>
       </c>
       <c r="D616" t="s">
-        <v>986</v>
+        <v>2270</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B617" t="s">
-        <v>2207</v>
+        <v>2240</v>
       </c>
       <c r="C617" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="D617" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2276</v>
+        <v>2239</v>
       </c>
       <c r="B618" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C618" t="s">
         <v>2277</v>
       </c>
-      <c r="C618" t="s">
+      <c r="D618" t="s">
         <v>2278</v>
       </c>
-      <c r="D618" t="s">
+      <c r="E618" s="2" t="s">
         <v>2279</v>
       </c>
-      <c r="E618" s="2" t="s">
+      <c r="F618" s="2" t="s">
         <v>2280</v>
-      </c>
-[...1 lines deleted...]
-        <v>2281</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2276</v>
+        <v>2281</v>
       </c>
       <c r="B619" t="s">
-        <v>2277</v>
+        <v>2282</v>
       </c>
       <c r="C619" t="s">
-        <v>356</v>
+        <v>2283</v>
       </c>
       <c r="D619" t="s">
-        <v>357</v>
+        <v>2284</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>358</v>
+        <v>2285</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>2282</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2276</v>
+        <v>2281</v>
       </c>
       <c r="B620" t="s">
-        <v>2277</v>
+        <v>2282</v>
       </c>
       <c r="C620" t="s">
-        <v>1628</v>
+        <v>2287</v>
       </c>
       <c r="D620" t="s">
-        <v>1629</v>
+        <v>2288</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>2283</v>
+        <v>2289</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>2284</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2276</v>
+        <v>2281</v>
       </c>
       <c r="B621" t="s">
-        <v>2277</v>
+        <v>2282</v>
       </c>
       <c r="C621" t="s">
-        <v>2285</v>
+        <v>2291</v>
       </c>
       <c r="D621" t="s">
-        <v>2286</v>
+        <v>2292</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>2287</v>
+        <v>2293</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>2288</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B622" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C622" t="s">
-        <v>2291</v>
+        <v>2295</v>
       </c>
       <c r="D622" t="s">
-        <v>2291</v>
+        <v>2296</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>2292</v>
+        <v>2297</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>2293</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B623" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C623" t="s">
-        <v>582</v>
+        <v>2299</v>
       </c>
       <c r="D623" t="s">
-        <v>583</v>
+        <v>2300</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>2294</v>
+        <v>2301</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2295</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B624" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C624" t="s">
-        <v>2296</v>
+        <v>2303</v>
       </c>
       <c r="D624" t="s">
-        <v>2296</v>
+        <v>2304</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>2297</v>
+        <v>2305</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>2298</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B625" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C625" t="s">
-        <v>2299</v>
+        <v>2307</v>
       </c>
       <c r="D625" t="s">
-        <v>2299</v>
+        <v>2308</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>2300</v>
+        <v>2309</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>2301</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B626" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C626" t="s">
-        <v>2302</v>
+        <v>2311</v>
       </c>
       <c r="D626" t="s">
-        <v>2302</v>
+        <v>2312</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>2303</v>
+        <v>2313</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>2304</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B627" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C627" t="s">
-        <v>2305</v>
+        <v>2315</v>
       </c>
       <c r="D627" t="s">
-        <v>2305</v>
+        <v>2316</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>2306</v>
+        <v>2317</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>2307</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B628" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C628" t="s">
-        <v>2308</v>
+        <v>2319</v>
       </c>
       <c r="D628" t="s">
-        <v>2308</v>
+        <v>2320</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>2309</v>
+        <v>2321</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>2310</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B629" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C629" t="s">
-        <v>2311</v>
+        <v>2323</v>
       </c>
       <c r="D629" t="s">
-        <v>2311</v>
+        <v>2324</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>2312</v>
+        <v>2325</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>2313</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B630" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C630" t="s">
-        <v>2314</v>
+        <v>613</v>
       </c>
       <c r="D630" t="s">
-        <v>2315</v>
+        <v>614</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>2316</v>
+        <v>2327</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>2317</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B631" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C631" t="s">
-        <v>2318</v>
+        <v>2329</v>
       </c>
       <c r="D631" t="s">
-        <v>2318</v>
+        <v>2330</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>2319</v>
+        <v>2331</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>2320</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B632" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C632" t="s">
-        <v>2321</v>
+        <v>2333</v>
       </c>
       <c r="D632" t="s">
-        <v>2321</v>
+        <v>2334</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>2322</v>
+        <v>2335</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2323</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B633" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C633" t="s">
-        <v>2324</v>
+        <v>2337</v>
       </c>
       <c r="D633" t="s">
-        <v>2324</v>
+        <v>2338</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>2325</v>
+        <v>2339</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>2326</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B634" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C634" t="s">
-        <v>2327</v>
+        <v>2341</v>
       </c>
       <c r="D634" t="s">
-        <v>2327</v>
+        <v>2342</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>2328</v>
+        <v>2343</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>2329</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B635" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C635" t="s">
-        <v>2285</v>
+        <v>2345</v>
       </c>
       <c r="D635" t="s">
-        <v>2286</v>
+        <v>2346</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>2330</v>
+        <v>2347</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>2331</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B636" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C636" t="s">
         <v>989</v>
       </c>
       <c r="D636" t="s">
         <v>990</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2332</v>
+        <v>2349</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2333</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2289</v>
+        <v>2281</v>
       </c>
       <c r="B637" t="s">
-        <v>2290</v>
+        <v>2282</v>
       </c>
       <c r="C637" t="s">
-        <v>2334</v>
+        <v>2351</v>
       </c>
       <c r="D637" t="s">
-        <v>2334</v>
+        <v>2352</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>2336</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2289</v>
+        <v>2355</v>
       </c>
       <c r="B638" t="s">
-        <v>2290</v>
+        <v>2356</v>
       </c>
       <c r="C638" t="s">
-        <v>2337</v>
+        <v>2357</v>
       </c>
       <c r="D638" t="s">
-        <v>2338</v>
+        <v>2358</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>2339</v>
+        <v>2359</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>2340</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2289</v>
+        <v>2355</v>
       </c>
       <c r="B639" t="s">
-        <v>2290</v>
+        <v>2356</v>
       </c>
       <c r="C639" t="s">
-        <v>2341</v>
+        <v>2361</v>
       </c>
       <c r="D639" t="s">
-        <v>2341</v>
+        <v>2362</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>2342</v>
+        <v>2363</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>2343</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2289</v>
+        <v>2355</v>
       </c>
       <c r="B640" t="s">
-        <v>2290</v>
+        <v>2356</v>
       </c>
       <c r="C640" t="s">
-        <v>2344</v>
+        <v>360</v>
       </c>
       <c r="D640" t="s">
-        <v>2344</v>
+        <v>361</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>2345</v>
+        <v>362</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>2346</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2289</v>
+        <v>2355</v>
       </c>
       <c r="B641" t="s">
-        <v>2290</v>
+        <v>2356</v>
       </c>
       <c r="C641" t="s">
-        <v>2347</v>
+        <v>1676</v>
       </c>
       <c r="D641" t="s">
-        <v>2347</v>
+        <v>1677</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>2348</v>
+        <v>2366</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>2349</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2350</v>
+        <v>2355</v>
       </c>
       <c r="B642" t="s">
-        <v>2351</v>
+        <v>2356</v>
       </c>
       <c r="C642" t="s">
-        <v>2352</v>
+        <v>2368</v>
       </c>
       <c r="D642" t="s">
-        <v>2353</v>
+        <v>2369</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2354</v>
+        <v>2370</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2355</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2350</v>
+        <v>2372</v>
       </c>
       <c r="B643" t="s">
-        <v>2351</v>
+        <v>2373</v>
       </c>
       <c r="C643" t="s">
-        <v>2356</v>
+        <v>2374</v>
       </c>
       <c r="D643" t="s">
-        <v>2357</v>
+        <v>2374</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>2358</v>
+        <v>2375</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>2359</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2350</v>
+        <v>2372</v>
       </c>
       <c r="B644" t="s">
-        <v>2351</v>
+        <v>2373</v>
       </c>
       <c r="C644" t="s">
-        <v>2360</v>
+        <v>586</v>
       </c>
       <c r="D644" t="s">
-        <v>2361</v>
+        <v>587</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>2362</v>
+        <v>2377</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>2363</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2350</v>
+        <v>2372</v>
       </c>
       <c r="B645" t="s">
-        <v>2351</v>
+        <v>2373</v>
       </c>
       <c r="C645" t="s">
-        <v>344</v>
+        <v>2379</v>
       </c>
       <c r="D645" t="s">
-        <v>345</v>
+        <v>2379</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2364</v>
+        <v>2380</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2365</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2350</v>
+        <v>2372</v>
       </c>
       <c r="B646" t="s">
-        <v>2351</v>
+        <v>2373</v>
       </c>
       <c r="C646" t="s">
-        <v>2366</v>
+        <v>2382</v>
       </c>
       <c r="D646" t="s">
-        <v>2367</v>
+        <v>2382</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>2368</v>
+        <v>2383</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>2369</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2350</v>
+        <v>2372</v>
       </c>
       <c r="B647" t="s">
-        <v>2351</v>
+        <v>2373</v>
       </c>
       <c r="C647" t="s">
-        <v>2370</v>
+        <v>2385</v>
       </c>
       <c r="D647" t="s">
-        <v>2371</v>
+        <v>2385</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>2372</v>
+        <v>2386</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>2373</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B648" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C648" t="s">
-        <v>229</v>
+        <v>2388</v>
       </c>
       <c r="D648" t="s">
-        <v>230</v>
+        <v>2388</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>2376</v>
+        <v>2389</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>2377</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B649" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C649" t="s">
-        <v>2378</v>
+        <v>2391</v>
       </c>
       <c r="D649" t="s">
-        <v>2379</v>
+        <v>2391</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>2380</v>
+        <v>2392</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>2381</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B650" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C650" t="s">
-        <v>2382</v>
+        <v>2394</v>
       </c>
       <c r="D650" t="s">
-        <v>2383</v>
+        <v>2394</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2384</v>
+        <v>2395</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2385</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B651" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C651" t="s">
-        <v>2386</v>
+        <v>2397</v>
       </c>
       <c r="D651" t="s">
-        <v>2387</v>
+        <v>2398</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>2388</v>
+        <v>2399</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>2389</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B652" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C652" t="s">
-        <v>2390</v>
+        <v>2401</v>
       </c>
       <c r="D652" t="s">
-        <v>2391</v>
+        <v>2401</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>2392</v>
+        <v>2402</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>2393</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B653" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C653" t="s">
-        <v>2394</v>
+        <v>2404</v>
       </c>
       <c r="D653" t="s">
-        <v>2395</v>
+        <v>2404</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>2396</v>
+        <v>2405</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2397</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B654" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C654" t="s">
-        <v>2398</v>
+        <v>2407</v>
       </c>
       <c r="D654" t="s">
-        <v>2399</v>
+        <v>2407</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>2400</v>
+        <v>2408</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2401</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B655" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C655" t="s">
-        <v>2402</v>
+        <v>2410</v>
       </c>
       <c r="D655" t="s">
-        <v>2403</v>
+        <v>2410</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>2404</v>
+        <v>2411</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>2405</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B656" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C656" t="s">
-        <v>2406</v>
+        <v>2368</v>
       </c>
       <c r="D656" t="s">
-        <v>2407</v>
+        <v>2369</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>2408</v>
+        <v>2413</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2409</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B657" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C657" t="s">
-        <v>2410</v>
+        <v>993</v>
       </c>
       <c r="D657" t="s">
-        <v>2411</v>
+        <v>994</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>2412</v>
+        <v>2415</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>2413</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B658" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C658" t="s">
-        <v>1869</v>
+        <v>2417</v>
       </c>
       <c r="D658" t="s">
-        <v>1870</v>
+        <v>2417</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B659" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C659" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="D659" t="s">
-        <v>2416</v>
+        <v>2421</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2417</v>
+        <v>2422</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2418</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B660" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C660" t="s">
-        <v>2419</v>
+        <v>2424</v>
       </c>
       <c r="D660" t="s">
-        <v>2420</v>
+        <v>2424</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2421</v>
+        <v>2425</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2422</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B661" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C661" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
       <c r="D661" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>2425</v>
+        <v>2428</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2426</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2374</v>
+        <v>2372</v>
       </c>
       <c r="B662" t="s">
-        <v>2375</v>
+        <v>2373</v>
       </c>
       <c r="C662" t="s">
-        <v>2427</v>
+        <v>2430</v>
       </c>
       <c r="D662" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2374</v>
+        <v>2433</v>
       </c>
       <c r="B663" t="s">
-        <v>2375</v>
+        <v>2434</v>
       </c>
       <c r="C663" t="s">
-        <v>1397</v>
+        <v>2435</v>
       </c>
       <c r="D663" t="s">
-        <v>1398</v>
+        <v>2436</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2431</v>
+        <v>2437</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2432</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2374</v>
+        <v>2433</v>
       </c>
       <c r="B664" t="s">
-        <v>2375</v>
+        <v>2434</v>
       </c>
       <c r="C664" t="s">
-        <v>2433</v>
+        <v>2439</v>
       </c>
       <c r="D664" t="s">
-        <v>2434</v>
+        <v>2440</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>2435</v>
+        <v>2441</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2436</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2374</v>
+        <v>2433</v>
       </c>
       <c r="B665" t="s">
-        <v>2375</v>
+        <v>2434</v>
       </c>
       <c r="C665" t="s">
-        <v>2437</v>
+        <v>2443</v>
       </c>
       <c r="D665" t="s">
-        <v>1596</v>
+        <v>2444</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>2438</v>
+        <v>2445</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>2439</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2374</v>
+        <v>2433</v>
       </c>
       <c r="B666" t="s">
-        <v>2375</v>
+        <v>2434</v>
       </c>
       <c r="C666" t="s">
-        <v>2440</v>
+        <v>348</v>
       </c>
       <c r="D666" t="s">
-        <v>2441</v>
+        <v>349</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>2442</v>
+        <v>2447</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>2443</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2374</v>
+        <v>2433</v>
       </c>
       <c r="B667" t="s">
-        <v>2375</v>
+        <v>2434</v>
       </c>
       <c r="C667" t="s">
-        <v>903</v>
+        <v>2449</v>
       </c>
       <c r="D667" t="s">
-        <v>904</v>
+        <v>2450</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>2444</v>
+        <v>2451</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>2445</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>2374</v>
+        <v>2433</v>
       </c>
       <c r="B668" t="s">
-        <v>2375</v>
+        <v>2434</v>
       </c>
       <c r="C668" t="s">
-        <v>2194</v>
+        <v>2453</v>
       </c>
       <c r="D668" t="s">
-        <v>2195</v>
+        <v>2454</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>2446</v>
+        <v>2455</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>2447</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>2374</v>
+        <v>2457</v>
       </c>
       <c r="B669" t="s">
-        <v>2375</v>
+        <v>2458</v>
       </c>
       <c r="C669" t="s">
-        <v>2448</v>
+        <v>233</v>
       </c>
       <c r="D669" t="s">
-        <v>2449</v>
+        <v>234</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>2450</v>
+        <v>2459</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>2451</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B670" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C670" t="s">
-        <v>2454</v>
+        <v>2461</v>
       </c>
       <c r="D670" t="s">
-        <v>2455</v>
+        <v>2462</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>2456</v>
+        <v>2463</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>2457</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B671" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C671" t="s">
-        <v>2458</v>
+        <v>2465</v>
       </c>
       <c r="D671" t="s">
-        <v>2459</v>
+        <v>2466</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>2460</v>
+        <v>2467</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>2461</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B672" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C672" t="s">
-        <v>2462</v>
+        <v>2469</v>
       </c>
       <c r="D672" t="s">
-        <v>2463</v>
+        <v>2470</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>2464</v>
+        <v>2471</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>2465</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B673" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C673" t="s">
-        <v>2466</v>
+        <v>2473</v>
       </c>
       <c r="D673" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
       <c r="E673" s="2" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>2469</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B674" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C674" t="s">
-        <v>2470</v>
+        <v>2477</v>
       </c>
       <c r="D674" t="s">
-        <v>2471</v>
+        <v>2478</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>2472</v>
+        <v>2479</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>2473</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B675" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C675" t="s">
-        <v>2474</v>
+        <v>2481</v>
       </c>
       <c r="D675" t="s">
-        <v>2475</v>
+        <v>2482</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>2476</v>
+        <v>2483</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>2477</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B676" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C676" t="s">
-        <v>2478</v>
+        <v>2485</v>
       </c>
       <c r="D676" t="s">
-        <v>2479</v>
+        <v>2486</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>2480</v>
+        <v>2487</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>2481</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B677" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C677" t="s">
-        <v>2482</v>
+        <v>2489</v>
       </c>
       <c r="D677" t="s">
-        <v>2483</v>
+        <v>2490</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>2484</v>
+        <v>2491</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>2485</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B678" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C678" t="s">
-        <v>2486</v>
+        <v>2493</v>
       </c>
       <c r="D678" t="s">
-        <v>2487</v>
+        <v>2494</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>2488</v>
+        <v>2495</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>2489</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B679" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C679" t="s">
-        <v>2490</v>
+        <v>1929</v>
       </c>
       <c r="D679" t="s">
-        <v>2491</v>
+        <v>1930</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>2492</v>
+        <v>2497</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>2493</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B680" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C680" t="s">
-        <v>2494</v>
+        <v>2499</v>
       </c>
       <c r="D680" t="s">
-        <v>2495</v>
+        <v>2499</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>2496</v>
+        <v>2500</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>2497</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B681" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C681" t="s">
-        <v>2498</v>
+        <v>2502</v>
       </c>
       <c r="D681" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>2501</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B682" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C682" t="s">
-        <v>2502</v>
+        <v>2506</v>
       </c>
       <c r="D682" t="s">
-        <v>2503</v>
+        <v>2507</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>2504</v>
+        <v>2508</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>2505</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B683" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C683" t="s">
-        <v>2506</v>
+        <v>2510</v>
       </c>
       <c r="D683" t="s">
-        <v>2507</v>
+        <v>2511</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>2508</v>
+        <v>2512</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>2509</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B684" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C684" t="s">
-        <v>2510</v>
+        <v>1425</v>
       </c>
       <c r="D684" t="s">
-        <v>2511</v>
+        <v>1426</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>2512</v>
+        <v>2514</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>2513</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B685" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C685" t="s">
-        <v>2514</v>
+        <v>2516</v>
       </c>
       <c r="D685" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B686" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C686" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
       <c r="D686" t="s">
-        <v>2519</v>
+        <v>1640</v>
       </c>
       <c r="E686" s="2" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B687" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C687" t="s">
-        <v>1761</v>
+        <v>2523</v>
       </c>
       <c r="D687" t="s">
-        <v>1762</v>
+        <v>2524</v>
       </c>
       <c r="E687" s="2" t="s">
-        <v>2522</v>
+        <v>2525</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B688" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C688" t="s">
-        <v>2524</v>
+        <v>907</v>
       </c>
       <c r="D688" t="s">
-        <v>2525</v>
+        <v>908</v>
       </c>
       <c r="E688" s="2" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B689" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C689" t="s">
-        <v>61</v>
+        <v>2269</v>
       </c>
       <c r="D689" t="s">
-        <v>62</v>
+        <v>2270</v>
       </c>
       <c r="E689" s="2" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
       <c r="B690" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="C690" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="D690" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="E690" s="2" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>2452</v>
+        <v>2535</v>
       </c>
       <c r="B691" t="s">
-        <v>2453</v>
+        <v>2536</v>
       </c>
       <c r="C691" t="s">
-        <v>468</v>
+        <v>2537</v>
       </c>
       <c r="D691" t="s">
-        <v>469</v>
+        <v>2538</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>2534</v>
+        <v>2539</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>2535</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>2452</v>
+        <v>2535</v>
       </c>
       <c r="B692" t="s">
-        <v>2453</v>
+        <v>2536</v>
       </c>
       <c r="C692" t="s">
-        <v>2536</v>
+        <v>2541</v>
       </c>
       <c r="D692" t="s">
-        <v>2537</v>
+        <v>2542</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>2538</v>
+        <v>2543</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>2539</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>2452</v>
+        <v>2535</v>
       </c>
       <c r="B693" t="s">
-        <v>2453</v>
+        <v>2536</v>
       </c>
       <c r="C693" t="s">
-        <v>2540</v>
+        <v>2545</v>
       </c>
       <c r="D693" t="s">
-        <v>2541</v>
+        <v>2546</v>
       </c>
       <c r="E693" s="2" t="s">
-        <v>2542</v>
+        <v>2547</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>2543</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>2452</v>
+        <v>2535</v>
       </c>
       <c r="B694" t="s">
-        <v>2453</v>
+        <v>2536</v>
       </c>
       <c r="C694" t="s">
-        <v>2544</v>
+        <v>2549</v>
       </c>
       <c r="D694" t="s">
-        <v>2545</v>
+        <v>2550</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>2547</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>2452</v>
+        <v>2535</v>
       </c>
       <c r="B695" t="s">
-        <v>2453</v>
+        <v>2536</v>
       </c>
       <c r="C695" t="s">
-        <v>2548</v>
+        <v>2553</v>
       </c>
       <c r="D695" t="s">
-        <v>2549</v>
+        <v>2554</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>2550</v>
+        <v>2555</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>2551</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>2452</v>
+        <v>2535</v>
       </c>
       <c r="B696" t="s">
-        <v>2453</v>
+        <v>2536</v>
       </c>
       <c r="C696" t="s">
-        <v>2552</v>
+        <v>2557</v>
       </c>
       <c r="D696" t="s">
-        <v>2553</v>
+        <v>2558</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>2554</v>
+        <v>2559</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>2555</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>2556</v>
+        <v>2535</v>
       </c>
       <c r="B697" t="s">
-        <v>2557</v>
+        <v>2536</v>
       </c>
       <c r="C697" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="D697" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E697" s="2" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>2556</v>
+        <v>2535</v>
       </c>
       <c r="B698" t="s">
-        <v>2557</v>
+        <v>2536</v>
       </c>
       <c r="C698" t="s">
-        <v>1394</v>
+        <v>2565</v>
       </c>
       <c r="D698" t="s">
-        <v>852</v>
+        <v>2566</v>
       </c>
       <c r="E698" s="2" t="s">
-        <v>2562</v>
+        <v>2567</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>2563</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>2556</v>
+        <v>2535</v>
       </c>
       <c r="B699" t="s">
-        <v>2557</v>
+        <v>2536</v>
       </c>
       <c r="C699" t="s">
-        <v>2564</v>
+        <v>2569</v>
       </c>
       <c r="D699" t="s">
-        <v>2565</v>
+        <v>2570</v>
       </c>
       <c r="E699" s="2" t="s">
-        <v>2566</v>
+        <v>2571</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>2567</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B700" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C700" t="s">
-        <v>2570</v>
+        <v>2573</v>
       </c>
       <c r="D700" t="s">
-        <v>2571</v>
+        <v>2574</v>
       </c>
       <c r="E700" s="2" t="s">
-        <v>2572</v>
+        <v>2575</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>2573</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B701" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C701" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="D701" t="s">
-        <v>2575</v>
+        <v>2578</v>
       </c>
       <c r="E701" s="2" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>2577</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B702" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C702" t="s">
-        <v>2578</v>
+        <v>2581</v>
       </c>
       <c r="D702" t="s">
-        <v>2579</v>
+        <v>2582</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>2580</v>
+        <v>2583</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>2581</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B703" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C703" t="s">
-        <v>2582</v>
+        <v>2585</v>
       </c>
       <c r="D703" t="s">
-        <v>2583</v>
+        <v>2586</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>2584</v>
+        <v>2587</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>2585</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B704" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C704" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="D704" t="s">
-        <v>2587</v>
+        <v>2590</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B705" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C705" t="s">
-        <v>2590</v>
+        <v>2593</v>
       </c>
       <c r="D705" t="s">
-        <v>238</v>
+        <v>2594</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>2591</v>
+        <v>2595</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>2592</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B706" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C706" t="s">
-        <v>2593</v>
+        <v>2597</v>
       </c>
       <c r="D706" t="s">
-        <v>2594</v>
+        <v>2598</v>
       </c>
       <c r="E706" s="2" t="s">
-        <v>2595</v>
+        <v>2599</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>2596</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B707" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C707" t="s">
-        <v>2597</v>
+        <v>2601</v>
       </c>
       <c r="D707" t="s">
-        <v>2598</v>
+        <v>2602</v>
       </c>
       <c r="E707" s="2" t="s">
-        <v>2599</v>
+        <v>2603</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>2600</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B708" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C708" t="s">
-        <v>2601</v>
+        <v>1809</v>
       </c>
       <c r="D708" t="s">
-        <v>2602</v>
+        <v>1810</v>
       </c>
       <c r="E708" s="2" t="s">
-        <v>2603</v>
+        <v>2605</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>2604</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B709" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C709" t="s">
-        <v>434</v>
+        <v>2607</v>
       </c>
       <c r="D709" t="s">
-        <v>435</v>
+        <v>2608</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>2605</v>
+        <v>2609</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>2606</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B710" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C710" t="s">
-        <v>2607</v>
+        <v>61</v>
       </c>
       <c r="D710" t="s">
-        <v>2608</v>
+        <v>62</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>2609</v>
+        <v>2611</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>2610</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B711" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C711" t="s">
-        <v>2611</v>
+        <v>2613</v>
       </c>
       <c r="D711" t="s">
-        <v>2612</v>
+        <v>2614</v>
       </c>
       <c r="E711" s="2" t="s">
-        <v>2613</v>
+        <v>2615</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>2614</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B712" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C712" t="s">
-        <v>2615</v>
+        <v>472</v>
       </c>
       <c r="D712" t="s">
-        <v>2616</v>
+        <v>473</v>
       </c>
       <c r="E712" s="2" t="s">
         <v>2617</v>
       </c>
       <c r="F712" s="2" t="s">
         <v>2618</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B713" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C713" t="s">
         <v>2619</v>
       </c>
       <c r="D713" t="s">
         <v>2620</v>
       </c>
       <c r="E713" s="2" t="s">
         <v>2621</v>
       </c>
       <c r="F713" s="2" t="s">
         <v>2622</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B714" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C714" t="s">
         <v>2623</v>
       </c>
       <c r="D714" t="s">
         <v>2624</v>
       </c>
       <c r="E714" s="2" t="s">
         <v>2625</v>
       </c>
       <c r="F714" s="2" t="s">
         <v>2626</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B715" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C715" t="s">
         <v>2627</v>
       </c>
       <c r="D715" t="s">
         <v>2628</v>
       </c>
       <c r="E715" s="2" t="s">
         <v>2629</v>
       </c>
       <c r="F715" s="2" t="s">
         <v>2630</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B716" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C716" t="s">
         <v>2631</v>
       </c>
       <c r="D716" t="s">
         <v>2632</v>
       </c>
       <c r="E716" s="2" t="s">
         <v>2633</v>
       </c>
       <c r="F716" s="2" t="s">
         <v>2634</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>2568</v>
+        <v>2535</v>
       </c>
       <c r="B717" t="s">
-        <v>2569</v>
+        <v>2536</v>
       </c>
       <c r="C717" t="s">
         <v>2635</v>
       </c>
       <c r="D717" t="s">
         <v>2636</v>
       </c>
       <c r="E717" s="2" t="s">
         <v>2637</v>
       </c>
       <c r="F717" s="2" t="s">
         <v>2638</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>2568</v>
+        <v>2639</v>
       </c>
       <c r="B718" t="s">
-        <v>2569</v>
+        <v>2640</v>
       </c>
       <c r="C718" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
       <c r="D718" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
       <c r="E718" s="2" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>2568</v>
+        <v>2639</v>
       </c>
       <c r="B719" t="s">
-        <v>2569</v>
+        <v>2640</v>
       </c>
       <c r="C719" t="s">
-        <v>2643</v>
+        <v>1422</v>
       </c>
       <c r="D719" t="s">
-        <v>2644</v>
+        <v>856</v>
       </c>
       <c r="E719" s="2" t="s">
         <v>2645</v>
       </c>
       <c r="F719" s="2" t="s">
         <v>2646</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>2568</v>
+        <v>2639</v>
       </c>
       <c r="B720" t="s">
-        <v>2569</v>
+        <v>2640</v>
       </c>
       <c r="C720" t="s">
         <v>2647</v>
       </c>
       <c r="D720" t="s">
         <v>2648</v>
       </c>
       <c r="E720" s="2" t="s">
         <v>2649</v>
       </c>
       <c r="F720" s="2" t="s">
         <v>2650</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B721" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C721" t="s">
-        <v>2314</v>
+        <v>2653</v>
       </c>
       <c r="D721" t="s">
-        <v>2315</v>
+        <v>2654</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>2651</v>
-[...1 lines deleted...]
-      <c r="F721" s="2"/>
+        <v>2655</v>
+      </c>
+      <c r="F721" s="2" t="s">
+        <v>2656</v>
+      </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B722" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C722" t="s">
-        <v>633</v>
+        <v>2657</v>
       </c>
       <c r="D722" t="s">
-        <v>634</v>
+        <v>2658</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>2652</v>
+        <v>2659</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>2653</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B723" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C723" t="s">
-        <v>1587</v>
+        <v>2661</v>
       </c>
       <c r="D723" t="s">
-        <v>1588</v>
+        <v>2662</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>2654</v>
+        <v>2663</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>2655</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B724" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C724" t="s">
-        <v>2656</v>
+        <v>2665</v>
       </c>
       <c r="D724" t="s">
-        <v>2657</v>
+        <v>2666</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>2658</v>
+        <v>2667</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>2659</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B725" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C725" t="s">
-        <v>1608</v>
+        <v>2669</v>
       </c>
       <c r="D725" t="s">
-        <v>1609</v>
+        <v>2670</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>2660</v>
+        <v>2671</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>2661</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B726" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C726" t="s">
-        <v>2662</v>
+        <v>2673</v>
       </c>
       <c r="D726" t="s">
-        <v>2663</v>
+        <v>242</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>2664</v>
+        <v>2674</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>2665</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B727" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C727" t="s">
-        <v>2666</v>
+        <v>2676</v>
       </c>
       <c r="D727" t="s">
-        <v>2667</v>
+        <v>2677</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>2668</v>
+        <v>2678</v>
       </c>
       <c r="F727" s="2" t="s">
-        <v>2669</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B728" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C728" t="s">
-        <v>2670</v>
+        <v>2680</v>
       </c>
       <c r="D728" t="s">
-        <v>2671</v>
+        <v>2681</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>2672</v>
+        <v>2682</v>
       </c>
       <c r="F728" s="2" t="s">
-        <v>2673</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B729" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C729" t="s">
-        <v>2674</v>
+        <v>2684</v>
       </c>
       <c r="D729" t="s">
-        <v>2675</v>
+        <v>2685</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>2676</v>
+        <v>2686</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>2677</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B730" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C730" t="s">
-        <v>2678</v>
+        <v>438</v>
       </c>
       <c r="D730" t="s">
-        <v>2679</v>
+        <v>439</v>
       </c>
       <c r="E730" s="2" t="s">
-        <v>2680</v>
+        <v>2688</v>
       </c>
       <c r="F730" s="2" t="s">
-        <v>2681</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B731" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C731" t="s">
-        <v>2682</v>
+        <v>2690</v>
       </c>
       <c r="D731" t="s">
-        <v>2683</v>
+        <v>2691</v>
       </c>
       <c r="E731" s="2" t="s">
-        <v>2684</v>
+        <v>2692</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>2685</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B732" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C732" t="s">
-        <v>2686</v>
+        <v>2694</v>
       </c>
       <c r="D732" t="s">
-        <v>2687</v>
+        <v>2695</v>
       </c>
       <c r="E732" s="2" t="s">
-        <v>2688</v>
+        <v>2696</v>
       </c>
       <c r="F732" s="2" t="s">
-        <v>2689</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B733" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C733" t="s">
-        <v>2690</v>
+        <v>2698</v>
       </c>
       <c r="D733" t="s">
-        <v>2691</v>
+        <v>2699</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>2692</v>
+        <v>2700</v>
       </c>
       <c r="F733" s="2" t="s">
-        <v>2693</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>2568</v>
+        <v>2651</v>
       </c>
       <c r="B734" t="s">
-        <v>2569</v>
+        <v>2652</v>
       </c>
       <c r="C734" t="s">
-        <v>2694</v>
+        <v>2702</v>
       </c>
       <c r="D734" t="s">
-        <v>2695</v>
+        <v>2703</v>
       </c>
       <c r="E734" s="2" t="s">
-        <v>2696</v>
+        <v>2704</v>
       </c>
       <c r="F734" s="2" t="s">
-        <v>2697</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B735" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C735" t="s">
-        <v>2700</v>
+        <v>2706</v>
       </c>
       <c r="D735" t="s">
-        <v>2701</v>
+        <v>2707</v>
       </c>
       <c r="E735" s="2" t="s">
-        <v>2702</v>
+        <v>2708</v>
       </c>
       <c r="F735" s="2" t="s">
-        <v>2703</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B736" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C736" t="s">
-        <v>2704</v>
+        <v>2710</v>
       </c>
       <c r="D736" t="s">
-        <v>2705</v>
+        <v>2711</v>
       </c>
       <c r="E736" s="2" t="s">
-        <v>2706</v>
+        <v>2712</v>
       </c>
       <c r="F736" s="2" t="s">
-        <v>2707</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B737" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C737" t="s">
-        <v>2708</v>
+        <v>2714</v>
       </c>
       <c r="D737" t="s">
-        <v>2709</v>
+        <v>2715</v>
       </c>
       <c r="E737" s="2" t="s">
-        <v>2710</v>
+        <v>2716</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>2711</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B738" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C738" t="s">
-        <v>2712</v>
+        <v>2718</v>
       </c>
       <c r="D738" t="s">
-        <v>2713</v>
+        <v>2719</v>
       </c>
       <c r="E738" s="2" t="s">
-        <v>2714</v>
+        <v>2720</v>
       </c>
       <c r="F738" s="2" t="s">
-        <v>2715</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B739" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C739" t="s">
-        <v>2716</v>
+        <v>2722</v>
       </c>
       <c r="D739" t="s">
-        <v>2717</v>
+        <v>2723</v>
       </c>
       <c r="E739" s="2" t="s">
-        <v>2718</v>
+        <v>2724</v>
       </c>
       <c r="F739" s="2" t="s">
-        <v>2719</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B740" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C740" t="s">
-        <v>2720</v>
+        <v>2726</v>
       </c>
       <c r="D740" t="s">
-        <v>2721</v>
+        <v>2727</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>2722</v>
+        <v>2728</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>2723</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B741" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C741" t="s">
-        <v>2724</v>
+        <v>2730</v>
       </c>
       <c r="D741" t="s">
-        <v>2725</v>
+        <v>2731</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>2726</v>
+        <v>2732</v>
       </c>
       <c r="F741" s="2" t="s">
-        <v>2727</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B742" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C742" t="s">
-        <v>2728</v>
+        <v>2397</v>
       </c>
       <c r="D742" t="s">
-        <v>2729</v>
+        <v>2398</v>
       </c>
       <c r="E742" s="2" t="s">
-        <v>2730</v>
-[...3 lines deleted...]
-      </c>
+        <v>2734</v>
+      </c>
+      <c r="F742" s="2"/>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B743" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C743" t="s">
-        <v>2732</v>
+        <v>637</v>
       </c>
       <c r="D743" t="s">
-        <v>2733</v>
+        <v>638</v>
       </c>
       <c r="E743" s="2" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="F743" s="2" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B744" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C744" t="s">
-        <v>2736</v>
+        <v>1631</v>
       </c>
       <c r="D744" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E744" s="2" t="s">
         <v>2737</v>
       </c>
-      <c r="E744" s="2" t="s">
+      <c r="F744" s="2" t="s">
         <v>2738</v>
-      </c>
-[...1 lines deleted...]
-        <v>2739</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>2698</v>
+        <v>2651</v>
       </c>
       <c r="B745" t="s">
-        <v>2699</v>
+        <v>2652</v>
       </c>
       <c r="C745" t="s">
+        <v>2739</v>
+      </c>
+      <c r="D745" t="s">
         <v>2740</v>
       </c>
-      <c r="D745" t="s">
+      <c r="E745" s="2" t="s">
         <v>2741</v>
       </c>
-      <c r="E745" s="2" t="s">
+      <c r="F745" s="2" t="s">
         <v>2742</v>
-      </c>
-[...1 lines deleted...]
-        <v>2743</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B746" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C746" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D746" t="s">
+        <v>1657</v>
+      </c>
+      <c r="E746" s="2" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F746" s="2" t="s">
         <v>2744</v>
-      </c>
-[...13 lines deleted...]
-        <v>2749</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>2744</v>
+        <v>2651</v>
       </c>
       <c r="B747" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C747" t="s">
         <v>2745</v>
       </c>
-      <c r="C747" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D747" t="s">
-        <v>333</v>
+        <v>2746</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>2750</v>
+        <v>2747</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>2751</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>2744</v>
+        <v>2651</v>
       </c>
       <c r="B748" t="s">
-        <v>2745</v>
+        <v>2652</v>
       </c>
       <c r="C748" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2750</v>
+      </c>
+      <c r="E748" s="2" t="s">
+        <v>2751</v>
+      </c>
+      <c r="F748" s="2" t="s">
         <v>2752</v>
-      </c>
-[...7 lines deleted...]
-        <v>2754</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>2744</v>
+        <v>2651</v>
       </c>
       <c r="B749" t="s">
-        <v>2745</v>
+        <v>2652</v>
       </c>
       <c r="C749" t="s">
+        <v>2753</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2754</v>
+      </c>
+      <c r="E749" s="2" t="s">
         <v>2755</v>
       </c>
-      <c r="D749" t="s">
+      <c r="F749" s="2" t="s">
         <v>2756</v>
-      </c>
-[...4 lines deleted...]
-        <v>2758</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>2744</v>
+        <v>2651</v>
       </c>
       <c r="B750" t="s">
-        <v>2745</v>
+        <v>2652</v>
       </c>
       <c r="C750" t="s">
-        <v>344</v>
+        <v>2757</v>
       </c>
       <c r="D750" t="s">
-        <v>345</v>
+        <v>2758</v>
       </c>
       <c r="E750" s="2" t="s">
         <v>2759</v>
       </c>
       <c r="F750" s="2" t="s">
         <v>2760</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>2744</v>
+        <v>2651</v>
       </c>
       <c r="B751" t="s">
-        <v>2745</v>
+        <v>2652</v>
       </c>
       <c r="C751" t="s">
         <v>2761</v>
       </c>
       <c r="D751" t="s">
         <v>2762</v>
       </c>
       <c r="E751" s="2" t="s">
         <v>2763</v>
       </c>
       <c r="F751" s="2" t="s">
         <v>2764</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>2744</v>
+        <v>2651</v>
       </c>
       <c r="B752" t="s">
-        <v>2745</v>
+        <v>2652</v>
       </c>
       <c r="C752" t="s">
         <v>2765</v>
       </c>
       <c r="D752" t="s">
         <v>2766</v>
       </c>
       <c r="E752" s="2" t="s">
         <v>2767</v>
       </c>
       <c r="F752" s="2" t="s">
         <v>2768</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>2744</v>
+        <v>2651</v>
       </c>
       <c r="B753" t="s">
-        <v>2745</v>
+        <v>2652</v>
       </c>
       <c r="C753" t="s">
         <v>2769</v>
       </c>
       <c r="D753" t="s">
         <v>2770</v>
       </c>
       <c r="E753" s="2" t="s">
         <v>2771</v>
       </c>
       <c r="F753" s="2" t="s">
         <v>2772</v>
+      </c>
+    </row>
+    <row r="754" spans="1:6">
+      <c r="A754" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B754" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C754" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2774</v>
+      </c>
+      <c r="E754" s="2" t="s">
+        <v>2775</v>
+      </c>
+      <c r="F754" s="2" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="755" spans="1:6">
+      <c r="A755" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B755" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C755" t="s">
+        <v>2777</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2778</v>
+      </c>
+      <c r="E755" s="2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="F755" s="2" t="s">
+        <v>2780</v>
+      </c>
+    </row>
+    <row r="756" spans="1:6">
+      <c r="A756" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B756" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C756" t="s">
+        <v>2783</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2784</v>
+      </c>
+      <c r="E756" s="2" t="s">
+        <v>2785</v>
+      </c>
+      <c r="F756" s="2" t="s">
+        <v>2786</v>
+      </c>
+    </row>
+    <row r="757" spans="1:6">
+      <c r="A757" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B757" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C757" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2788</v>
+      </c>
+      <c r="E757" s="2" t="s">
+        <v>2789</v>
+      </c>
+      <c r="F757" s="2" t="s">
+        <v>2790</v>
+      </c>
+    </row>
+    <row r="758" spans="1:6">
+      <c r="A758" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B758" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C758" t="s">
+        <v>2791</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2792</v>
+      </c>
+      <c r="E758" s="2" t="s">
+        <v>2793</v>
+      </c>
+      <c r="F758" s="2" t="s">
+        <v>2794</v>
+      </c>
+    </row>
+    <row r="759" spans="1:6">
+      <c r="A759" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B759" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C759" t="s">
+        <v>2795</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2796</v>
+      </c>
+      <c r="E759" s="2" t="s">
+        <v>2797</v>
+      </c>
+      <c r="F759" s="2" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="760" spans="1:6">
+      <c r="A760" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B760" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C760" t="s">
+        <v>2799</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2800</v>
+      </c>
+      <c r="E760" s="2" t="s">
+        <v>2801</v>
+      </c>
+      <c r="F760" s="2" t="s">
+        <v>2802</v>
+      </c>
+    </row>
+    <row r="761" spans="1:6">
+      <c r="A761" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B761" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C761" t="s">
+        <v>2803</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2804</v>
+      </c>
+      <c r="E761" s="2" t="s">
+        <v>2805</v>
+      </c>
+      <c r="F761" s="2" t="s">
+        <v>2806</v>
+      </c>
+    </row>
+    <row r="762" spans="1:6">
+      <c r="A762" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B762" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C762" t="s">
+        <v>2807</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2808</v>
+      </c>
+      <c r="E762" s="2" t="s">
+        <v>2809</v>
+      </c>
+      <c r="F762" s="2" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="763" spans="1:6">
+      <c r="A763" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B763" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C763" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2812</v>
+      </c>
+      <c r="E763" s="2" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F763" s="2" t="s">
+        <v>2814</v>
+      </c>
+    </row>
+    <row r="764" spans="1:6">
+      <c r="A764" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B764" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C764" t="s">
+        <v>2815</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2816</v>
+      </c>
+      <c r="E764" s="2" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F764" s="2" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="765" spans="1:6">
+      <c r="A765" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B765" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C765" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2820</v>
+      </c>
+      <c r="E765" s="2" t="s">
+        <v>2821</v>
+      </c>
+      <c r="F765" s="2" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="766" spans="1:6">
+      <c r="A766" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B766" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C766" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2824</v>
+      </c>
+      <c r="E766" s="2" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F766" s="2" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="767" spans="1:6">
+      <c r="A767" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B767" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C767" t="s">
+        <v>2829</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2830</v>
+      </c>
+      <c r="E767" s="2" t="s">
+        <v>2831</v>
+      </c>
+      <c r="F767" s="2" t="s">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="768" spans="1:6">
+      <c r="A768" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B768" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C768" t="s">
+        <v>336</v>
+      </c>
+      <c r="D768" t="s">
+        <v>337</v>
+      </c>
+      <c r="E768" s="2" t="s">
+        <v>2833</v>
+      </c>
+      <c r="F768" s="2" t="s">
+        <v>2834</v>
+      </c>
+    </row>
+    <row r="769" spans="1:6">
+      <c r="A769" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B769" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C769" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2830</v>
+      </c>
+      <c r="E769" s="2" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F769" s="2" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="770" spans="1:6">
+      <c r="A770" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B770" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C770" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2839</v>
+      </c>
+      <c r="E770" s="2" t="s">
+        <v>2840</v>
+      </c>
+      <c r="F770" s="2" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="771" spans="1:6">
+      <c r="A771" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B771" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C771" t="s">
+        <v>348</v>
+      </c>
+      <c r="D771" t="s">
+        <v>349</v>
+      </c>
+      <c r="E771" s="2" t="s">
+        <v>2842</v>
+      </c>
+      <c r="F771" s="2" t="s">
+        <v>2843</v>
+      </c>
+    </row>
+    <row r="772" spans="1:6">
+      <c r="A772" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B772" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C772" t="s">
+        <v>2844</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2845</v>
+      </c>
+      <c r="E772" s="2" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F772" s="2" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="773" spans="1:6">
+      <c r="A773" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B773" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C773" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2849</v>
+      </c>
+      <c r="E773" s="2" t="s">
+        <v>2850</v>
+      </c>
+      <c r="F773" s="2" t="s">
+        <v>2851</v>
+      </c>
+    </row>
+    <row r="774" spans="1:6">
+      <c r="A774" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B774" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C774" t="s">
+        <v>2852</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2853</v>
+      </c>
+      <c r="E774" s="2" t="s">
+        <v>2854</v>
+      </c>
+      <c r="F774" s="2" t="s">
+        <v>2855</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">